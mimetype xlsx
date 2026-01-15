--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Nikita Popkov</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
     <t>1.96</t>
   </si>
   <si>
     <t>Aleksandr Kropotov</t>
   </si>
   <si>
@@ -134,50 +134,56 @@
   <si>
     <t>4.70</t>
   </si>
   <si>
     <t>3.07</t>
   </si>
   <si>
     <t>Mikhail Nikolayev</t>
   </si>
   <si>
     <t>4.82</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>4.87</t>
   </si>
   <si>
     <t>2.66</t>
   </si>
   <si>
+    <t>Maksim Ammosov</t>
+  </si>
+  <si>
+    <t>4.91</t>
+  </si>
+  <si>
     <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>5.21</t>
   </si>
   <si>
     <t>3.02</t>
   </si>
   <si>
     <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>3.46</t>
   </si>
   <si>
     <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>5.45</t>
   </si>
   <si>
     <t>3.23</t>
@@ -200,59 +206,50 @@
   <si>
     <t>5.82</t>
   </si>
   <si>
     <t>3.74</t>
   </si>
   <si>
     <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
     <t>4.24</t>
   </si>
   <si>
     <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>4.78</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
-[...7 lines deleted...]
-  <si>
     <t>Ivan Sidorenko</t>
   </si>
   <si>
     <t>6.34</t>
   </si>
   <si>
     <t>3.95</t>
   </si>
   <si>
     <t>Ilʹya Zelenin</t>
   </si>
   <si>
     <t>6.50</t>
   </si>
   <si>
     <t>5.43</t>
   </si>
   <si>
     <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>6.57</t>
   </si>
   <si>
     <t>3.79</t>
@@ -287,134 +284,134 @@
   <si>
     <t>Fyodor Ulitovsky</t>
   </si>
   <si>
     <t>7.28</t>
   </si>
   <si>
     <t>4.53</t>
   </si>
   <si>
     <t>Kirill Afonin</t>
   </si>
   <si>
     <t>7.53</t>
   </si>
   <si>
     <t>4.04</t>
   </si>
   <si>
     <t>Ivan Korolev</t>
   </si>
   <si>
     <t>7.65</t>
   </si>
   <si>
+    <t>Timofej Cyganov</t>
+  </si>
+  <si>
+    <t>7.71</t>
+  </si>
+  <si>
+    <t>6.36</t>
+  </si>
+  <si>
+    <t>Aleksandr Minko</t>
+  </si>
+  <si>
+    <t>7.83</t>
+  </si>
+  <si>
+    <t>4.93</t>
+  </si>
+  <si>
+    <t>Artyom Savyolov</t>
+  </si>
+  <si>
+    <t>8.25</t>
+  </si>
+  <si>
+    <t>6.44</t>
+  </si>
+  <si>
+    <t>Petr Shipitsin</t>
+  </si>
+  <si>
+    <t>8.30</t>
+  </si>
+  <si>
+    <t>3.60</t>
+  </si>
+  <si>
+    <t>Nikita Dikorev</t>
+  </si>
+  <si>
+    <t>8.56</t>
+  </si>
+  <si>
+    <t>6.01</t>
+  </si>
+  <si>
+    <t>Alexander Katyukov</t>
+  </si>
+  <si>
+    <t>8.69</t>
+  </si>
+  <si>
+    <t>4.58</t>
+  </si>
+  <si>
+    <t>Dmitriy Lysakovskiy</t>
+  </si>
+  <si>
+    <t>8.80</t>
+  </si>
+  <si>
+    <t>Vyacheslav Sizov</t>
+  </si>
+  <si>
+    <t>8.90</t>
+  </si>
+  <si>
+    <t>Ivan Smirnov</t>
+  </si>
+  <si>
+    <t>9.00</t>
+  </si>
+  <si>
+    <t>5.27</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>9.14</t>
+  </si>
+  <si>
     <t>6.31</t>
   </si>
   <si>
-    <t>Timofej Cyganov</t>
-[...79 lines deleted...]
-  <si>
     <t>Diana Murnik</t>
   </si>
   <si>
     <t>9.21</t>
   </si>
   <si>
     <t>Artemiy Stukarchuk</t>
   </si>
   <si>
     <t>9.28</t>
   </si>
   <si>
     <t>7.01</t>
   </si>
   <si>
     <t>Angelina Savkina</t>
   </si>
   <si>
     <t>9.67</t>
   </si>
   <si>
     <t>7.10</t>
   </si>
   <si>
     <t>Bogdan Bekzhanov</t>
@@ -521,54 +518,54 @@
   <si>
     <t>5.03</t>
   </si>
   <si>
     <t>Vladimir Bukovets</t>
   </si>
   <si>
     <t>12.65</t>
   </si>
   <si>
     <t>5.15</t>
   </si>
   <si>
     <t>Semen Korobov</t>
   </si>
   <si>
     <t>12.90</t>
   </si>
   <si>
     <t>10.02</t>
   </si>
   <si>
     <t>Vladimir Serebrennikov</t>
   </si>
   <si>
-    <t>15.59</t>
-[...2 lines deleted...]
-    <t>10.50</t>
+    <t>13.73</t>
+  </si>
+  <si>
+    <t>8.78</t>
   </si>
   <si>
     <t>Polina Andreeva</t>
   </si>
   <si>
     <t>16.27</t>
   </si>
   <si>
     <t>Nikolay Tenzin</t>
   </si>
   <si>
     <t>16.56</t>
   </si>
   <si>
     <t>Dmitrii Chesnokov</t>
   </si>
   <si>
     <t>16.64</t>
   </si>
   <si>
     <t>14.98</t>
   </si>
   <si>
     <t>Andrei Kolesnikov</t>
   </si>
@@ -599,51 +596,51 @@
   <si>
     <t>Maria Kalichava</t>
   </si>
   <si>
     <t>17.75</t>
   </si>
   <si>
     <t>12.37</t>
   </si>
   <si>
     <t>Ilya Posevkin</t>
   </si>
   <si>
     <t>17.85</t>
   </si>
   <si>
     <t>10.56</t>
   </si>
   <si>
     <t>Mikhail Bormosov</t>
   </si>
   <si>
     <t>18.07</t>
   </si>
   <si>
-    <t>15.66</t>
+    <t>14.72</t>
   </si>
   <si>
     <t>Alexander Singer</t>
   </si>
   <si>
     <t>19.91</t>
   </si>
   <si>
     <t>13.40</t>
   </si>
   <si>
     <t>Tatyana Maksimova</t>
   </si>
   <si>
     <t>20.83</t>
   </si>
   <si>
     <t>13.88</t>
   </si>
   <si>
     <t>Timothey Rachnov</t>
   </si>
   <si>
     <t>20.97</t>
   </si>
@@ -1236,919 +1233,919 @@
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>53</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>55</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>58</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>61</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>64</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>67</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>70</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>73</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>79</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>82</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>85</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>88</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>90</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D32" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>93</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D33" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>96</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D34" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>99</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D35" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>102</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D36" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>105</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D37" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D38" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D39" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>112</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D40" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>115</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D41" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>118</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="C42" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>120</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>123</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>126</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>129</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>132</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>135</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>138</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>141</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>144</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>147</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="C52" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>149</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>152</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>155</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>158</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>161</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>164</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="D58" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>167</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>170</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>172</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>174</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>177</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D63" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>180</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D64" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>183</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D65" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>186</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="D66" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>189</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D67" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
+        <v>192</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="D68" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>195</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="D69" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>198</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="D70" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>201</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="D71" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>204</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="D72" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>207</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="D73" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>210</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
+        <v>213</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="D75" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>216</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="D76" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>