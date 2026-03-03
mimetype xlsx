--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,707 +12,701 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Nikita Popkov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
     <t>1.96</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
-    <t>2.10</t>
-[...2 lines deleted...]
-    <t>Vladimir Filin</t>
+    <t>2.09</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>3.09</t>
   </si>
   <si>
     <t>1.41</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
     <t>1.86</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
     <t>2.27</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>3.63</t>
   </si>
   <si>
     <t>2.65</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>3.71</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>3.85</t>
   </si>
   <si>
     <t>2.44</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>4.51</t>
   </si>
   <si>
-    <t>3.88</t>
-[...2 lines deleted...]
-    <t>Makar Tihonov</t>
+    <t>3.31</t>
+  </si>
+  <si>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>4.70</t>
   </si>
   <si>
     <t>3.07</t>
   </si>
   <si>
-    <t>Mikhail Nikolayev</t>
-[...2 lines deleted...]
-    <t>4.82</t>
+    <t>Михаил Николаев</t>
+  </si>
+  <si>
+    <t>4.71</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>4.76</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>4.87</t>
   </si>
   <si>
     <t>2.66</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
-[...5 lines deleted...]
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>5.21</t>
   </si>
   <si>
     <t>3.02</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>3.46</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>5.45</t>
   </si>
   <si>
     <t>3.23</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>5.59</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>5.69</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>5.82</t>
   </si>
   <si>
     <t>3.74</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
     <t>4.24</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
-    <t>4.78</t>
-[...2 lines deleted...]
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>6.34</t>
   </si>
   <si>
     <t>3.95</t>
   </si>
   <si>
-    <t>Ilʹya Zelenin</t>
+    <t>Илья Зеленин</t>
   </si>
   <si>
     <t>6.50</t>
   </si>
   <si>
     <t>5.43</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>6.57</t>
   </si>
   <si>
     <t>3.79</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>6.94</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
     <t>4.52</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>7.24</t>
   </si>
   <si>
     <t>4.69</t>
   </si>
   <si>
-    <t>Fyodor Ulitovsky</t>
+    <t>Фёдор Улитовский</t>
   </si>
   <si>
     <t>7.28</t>
   </si>
   <si>
     <t>4.53</t>
   </si>
   <si>
-    <t>Kirill Afonin</t>
+    <t>Никита Золин</t>
+  </si>
+  <si>
+    <t>7.49</t>
+  </si>
+  <si>
+    <t>4.25</t>
+  </si>
+  <si>
+    <t>Кирилл Афонин</t>
   </si>
   <si>
     <t>7.53</t>
   </si>
   <si>
     <t>4.04</t>
   </si>
   <si>
-    <t>Ivan Korolev</t>
+    <t>Иван Королев</t>
   </si>
   <si>
     <t>7.65</t>
   </si>
   <si>
-    <t>Timofej Cyganov</t>
+    <t>Тимофей Цыганов</t>
   </si>
   <si>
     <t>7.71</t>
   </si>
   <si>
     <t>6.36</t>
   </si>
   <si>
-    <t>Aleksandr Minko</t>
+    <t>Александр Минко</t>
   </si>
   <si>
     <t>7.83</t>
   </si>
   <si>
     <t>4.93</t>
   </si>
   <si>
-    <t>Artyom Savyolov</t>
+    <t>Артём Савёлов</t>
   </si>
   <si>
     <t>8.25</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
-    <t>Petr Shipitsin</t>
+    <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>8.30</t>
   </si>
   <si>
     <t>3.60</t>
   </si>
   <si>
-    <t>Nikita Dikorev</t>
+    <t>Никита Дикорев</t>
   </si>
   <si>
     <t>8.56</t>
   </si>
   <si>
     <t>6.01</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>8.69</t>
   </si>
   <si>
     <t>4.58</t>
   </si>
   <si>
-    <t>Dmitriy Lysakovskiy</t>
+    <t>Дмитрий Лысаковский</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
-[...5 lines deleted...]
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>9.00</t>
   </si>
   <si>
     <t>5.27</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
     <t>6.31</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>9.21</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
+    <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>9.28</t>
   </si>
   <si>
     <t>7.01</t>
   </si>
   <si>
-    <t>Angelina Savkina</t>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>9.64</t>
+  </si>
+  <si>
+    <t>6.03</t>
+  </si>
+  <si>
+    <t>Ангелина Савкина</t>
   </si>
   <si>
     <t>9.67</t>
   </si>
   <si>
     <t>7.10</t>
   </si>
   <si>
-    <t>Bogdan Bekzhanov</t>
+    <t>Богдан Бекжанов</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
     <t>7.54</t>
   </si>
   <si>
-    <t>Nikita Zolin</t>
-[...8 lines deleted...]
-    <t>Vasiliy Bagayev</t>
+    <t>Василий Багаев</t>
   </si>
   <si>
     <t>10.32</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
-    <t>David Melikyan</t>
+    <t>Давид Меликян</t>
   </si>
   <si>
     <t>10.41</t>
   </si>
   <si>
     <t>6.72</t>
   </si>
   <si>
-    <t>Viktor German</t>
+    <t>Виктор Герман</t>
   </si>
   <si>
     <t>10.48</t>
   </si>
   <si>
     <t>7.35</t>
   </si>
   <si>
-    <t>Andrey Sevastʹyanov</t>
+    <t>Андрей Севастьянов</t>
   </si>
   <si>
     <t>10.60</t>
   </si>
   <si>
     <t>9.50</t>
   </si>
   <si>
-    <t>Alexander Kontrebutz</t>
+    <t>Александр Контребуц</t>
   </si>
   <si>
     <t>10.86</t>
   </si>
   <si>
     <t>9.35</t>
   </si>
   <si>
-    <t>Mikhail Dreval</t>
+    <t>Михаил Древаль</t>
   </si>
   <si>
     <t>11.01</t>
   </si>
   <si>
-    <t>Mikhail Ivanov</t>
+    <t>Михаил Иванов</t>
   </si>
   <si>
     <t>11.14</t>
   </si>
   <si>
     <t>7.89</t>
   </si>
   <si>
-    <t>Maksim Komarov</t>
+    <t>Максим Комаров</t>
   </si>
   <si>
     <t>11.32</t>
   </si>
   <si>
     <t>7.38</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>11.49</t>
   </si>
   <si>
     <t>6.42</t>
   </si>
   <si>
-    <t>Aleksandr Cherkasov</t>
+    <t>Александр Черкасов</t>
   </si>
   <si>
     <t>12.00</t>
   </si>
   <si>
     <t>5.03</t>
   </si>
   <si>
-    <t>Vladimir Bukovets</t>
+    <t>Владимир Буковец</t>
   </si>
   <si>
     <t>12.65</t>
   </si>
   <si>
     <t>5.15</t>
   </si>
   <si>
-    <t>Semen Korobov</t>
+    <t>Владимир Серебренников</t>
+  </si>
+  <si>
+    <t>12.74</t>
+  </si>
+  <si>
+    <t>8.78</t>
+  </si>
+  <si>
+    <t>Семён Коробов</t>
   </si>
   <si>
     <t>12.90</t>
   </si>
   <si>
     <t>10.02</t>
   </si>
   <si>
-    <t>Vladimir Serebrennikov</t>
-[...8 lines deleted...]
-    <t>Polina Andreeva</t>
+    <t>Полина Андреева</t>
   </si>
   <si>
     <t>16.27</t>
   </si>
   <si>
-    <t>Nikolay Tenzin</t>
+    <t>Николай Тензин</t>
   </si>
   <si>
     <t>16.56</t>
   </si>
   <si>
-    <t>Dmitrii Chesnokov</t>
-[...8 lines deleted...]
-    <t>Andrei Kolesnikov</t>
+    <t>Андрей Колесников</t>
   </si>
   <si>
     <t>16.97</t>
   </si>
   <si>
     <t>6.52</t>
   </si>
   <si>
-    <t>Arsenii Prokaev</t>
+    <t>Арсений Прокаев</t>
   </si>
   <si>
     <t>17.10</t>
   </si>
   <si>
     <t>13.94</t>
   </si>
   <si>
-    <t>Stanislav Simonov</t>
+    <t>Станислав Симонов</t>
   </si>
   <si>
     <t>17.33</t>
   </si>
   <si>
     <t>14.91</t>
   </si>
   <si>
-    <t>Maria Kalichava</t>
+    <t>Мария Каличава</t>
   </si>
   <si>
     <t>17.75</t>
   </si>
   <si>
     <t>12.37</t>
   </si>
   <si>
-    <t>Ilya Posevkin</t>
+    <t>Илья Посевкин</t>
   </si>
   <si>
     <t>17.85</t>
   </si>
   <si>
     <t>10.56</t>
   </si>
   <si>
-    <t>Mikhail Bormosov</t>
+    <t>Михаил Бормосов</t>
   </si>
   <si>
     <t>18.07</t>
   </si>
   <si>
     <t>14.72</t>
   </si>
   <si>
-    <t>Alexander Singer</t>
+    <t>Антонина Андреева</t>
+  </si>
+  <si>
+    <t>18.84</t>
+  </si>
+  <si>
+    <t>9.15</t>
+  </si>
+  <si>
+    <t>Александр Зингер</t>
   </si>
   <si>
     <t>19.91</t>
   </si>
   <si>
     <t>13.40</t>
   </si>
   <si>
-    <t>Tatyana Maksimova</t>
-[...2 lines deleted...]
-    <t>20.83</t>
+    <t>Татьяна Максимова</t>
+  </si>
+  <si>
+    <t>19.99</t>
   </si>
   <si>
     <t>13.88</t>
   </si>
   <si>
-    <t>Timothey Rachnov</t>
+    <t>Тимофей Рачнов</t>
   </si>
   <si>
     <t>20.97</t>
   </si>
   <si>
     <t>15.30</t>
   </si>
   <si>
-    <t>Antonina Andreeva</t>
-[...8 lines deleted...]
-    <t>Petr Smolianov</t>
+    <t>Владислав Новожилов</t>
+  </si>
+  <si>
+    <t>22.83</t>
+  </si>
+  <si>
+    <t>14.66</t>
+  </si>
+  <si>
+    <t>Анатолий Орешков</t>
+  </si>
+  <si>
+    <t>23.65</t>
+  </si>
+  <si>
+    <t>15.84</t>
+  </si>
+  <si>
+    <t>Пётр Смолянов</t>
   </si>
   <si>
     <t>24.27</t>
   </si>
   <si>
     <t>8.77</t>
   </si>
   <si>
-    <t>Iaroslav Bugaev</t>
+    <t>Ярослав Бугаев</t>
   </si>
   <si>
     <t>25.84</t>
   </si>
   <si>
     <t>13.92</t>
   </si>
   <si>
-    <t>Anatoliy Oreshkov</t>
-[...14 lines deleted...]
-    <t>22.28</t>
+    <t>Дмитрий Чесноков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1037,51 +1031,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C76" sqref="C76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1219,65 +1213,65 @@
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>46</v>
@@ -1345,289 +1339,289 @@
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>58</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D21" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D22" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>63</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>66</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>69</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>72</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>75</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>78</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>81</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>84</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>90</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D32" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>92</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>95</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>98</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>101</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>104</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>107</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>110</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D39" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>112</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D40" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>115</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>116</v>
@@ -1765,51 +1759,51 @@
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>144</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D51" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>147</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D52" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>149</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D53" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>152</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>153</v>
@@ -1877,51 +1871,51 @@
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>167</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D59" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>170</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D60" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>172</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D61" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>174</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>175</v>
@@ -2091,62 +2085,54 @@
       <c r="B74" t="s">
         <v>210</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D74" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>213</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D75" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="76" spans="1:4">
-      <c r="A76">
-[...1 lines deleted...]
-      </c>
       <c r="B76" t="s">
         <v>216</v>
       </c>
-      <c r="C76" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C76" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">