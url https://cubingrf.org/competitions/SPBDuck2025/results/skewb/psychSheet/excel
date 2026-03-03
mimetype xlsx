--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>2.33</t>
   </si>
   <si>
     <t>1.03</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
@@ -86,51 +86,51 @@
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>3.75</t>
   </si>
   <si>
     <t>1.90</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>3.97</t>
   </si>
   <si>
     <t>2.36</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
-    <t>2.76</t>
+    <t>2.77</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
     <t>4.13</t>
   </si>
   <si>
     <t>2.45</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>4.15</t>
   </si>
   <si>
     <t>3.17</t>
   </si>
   <si>
     <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>4.24</t>
   </si>
@@ -218,126 +218,123 @@
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>3.45</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>6.36</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>6.51</t>
   </si>
   <si>
+    <t>Александр Минко</t>
+  </si>
+  <si>
+    <t>7.03</t>
+  </si>
+  <si>
+    <t>3.99</t>
+  </si>
+  <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>7.04</t>
+  </si>
+  <si>
+    <t>4.63</t>
+  </si>
+  <si>
+    <t>Илья Зеленин</t>
+  </si>
+  <si>
+    <t>7.08</t>
+  </si>
+  <si>
+    <t>4.06</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>7.13</t>
+  </si>
+  <si>
+    <t>3.73</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>4.04</t>
+  </si>
+  <si>
+    <t>Пётр Шипицин</t>
+  </si>
+  <si>
+    <t>7.48</t>
+  </si>
+  <si>
+    <t>5.55</t>
+  </si>
+  <si>
+    <t>Мстислав Слабинский</t>
+  </si>
+  <si>
+    <t>7.75</t>
+  </si>
+  <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>7.02</t>
-[...62 lines deleted...]
-    <t>5.77</t>
+    <t>7.81</t>
+  </si>
+  <si>
+    <t>5.27</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>7.86</t>
   </si>
   <si>
-    <t>6.54</t>
+    <t>5.18</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>8.24</t>
   </si>
   <si>
     <t>4.66</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>8.45</t>
   </si>
   <si>
     <t>5.11</t>
   </si>
   <si>
     <t>Владимир Буковец</t>
   </si>
   <si>
     <t>8.57</t>
   </si>
@@ -383,258 +380,264 @@
   <si>
     <t>10.73</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>Семён Коробов</t>
   </si>
   <si>
     <t>11.00</t>
   </si>
   <si>
     <t>9.37</t>
   </si>
   <si>
     <t>Иван Королев</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>6.86</t>
   </si>
   <si>
+    <t>Богдан Бекжанов</t>
+  </si>
+  <si>
+    <t>11.79</t>
+  </si>
+  <si>
+    <t>8.88</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>11.98</t>
+  </si>
+  <si>
+    <t>8.33</t>
+  </si>
+  <si>
+    <t>Артём Савёлов</t>
+  </si>
+  <si>
+    <t>12.49</t>
+  </si>
+  <si>
+    <t>6.68</t>
+  </si>
+  <si>
+    <t>Максим Комаров</t>
+  </si>
+  <si>
+    <t>12.93</t>
+  </si>
+  <si>
+    <t>9.90</t>
+  </si>
+  <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>11.37</t>
+    <t>13.16</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
-    <t>Богдан Бекжанов</t>
-[...34 lines deleted...]
-  <si>
     <t>Никита Дикорев</t>
   </si>
   <si>
     <t>13.27</t>
   </si>
   <si>
     <t>11.75</t>
   </si>
   <si>
+    <t>Ангелина Савкина</t>
+  </si>
+  <si>
+    <t>13.30</t>
+  </si>
+  <si>
+    <t>8.44</t>
+  </si>
+  <si>
     <t>Михаил Иванов</t>
   </si>
   <si>
     <t>13.73</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
     <t>Тимофей Цыганов</t>
   </si>
   <si>
     <t>13.75</t>
   </si>
   <si>
     <t>7.25</t>
   </si>
   <si>
     <t>Василий Багаев</t>
   </si>
   <si>
     <t>14.01</t>
   </si>
   <si>
     <t>8.02</t>
   </si>
   <si>
-    <t>Ангелина Савкина</t>
-[...7 lines deleted...]
-  <si>
     <t>Виктор Герман</t>
   </si>
   <si>
     <t>14.89</t>
   </si>
   <si>
     <t>7.36</t>
   </si>
   <si>
     <t>Михаил Древаль</t>
   </si>
   <si>
-    <t>18.36</t>
-[...2 lines deleted...]
-    <t>16.73</t>
+    <t>15.49</t>
+  </si>
+  <si>
+    <t>8.60</t>
+  </si>
+  <si>
+    <t>Владислав Новожилов</t>
+  </si>
+  <si>
+    <t>16.99</t>
+  </si>
+  <si>
+    <t>9.35</t>
+  </si>
+  <si>
+    <t>Александр Контребуц</t>
+  </si>
+  <si>
+    <t>17.39</t>
+  </si>
+  <si>
+    <t>12.65</t>
   </si>
   <si>
     <t>Мария Каличава</t>
   </si>
   <si>
     <t>18.92</t>
   </si>
   <si>
     <t>11.18</t>
   </si>
   <si>
-    <t>Александр Контребуц</t>
-[...5 lines deleted...]
-    <t>12.65</t>
+    <t>Владимир Серебренников</t>
+  </si>
+  <si>
+    <t>19.02</t>
+  </si>
+  <si>
+    <t>14.28</t>
   </si>
   <si>
     <t>Михаил Бормосов</t>
   </si>
   <si>
     <t>19.41</t>
   </si>
   <si>
     <t>17.12</t>
   </si>
   <si>
+    <t>Андрей Севастьянов</t>
+  </si>
+  <si>
+    <t>20.07</t>
+  </si>
+  <si>
+    <t>12.07</t>
+  </si>
+  <si>
     <t>Пётр Ануков</t>
   </si>
   <si>
     <t>20.47</t>
   </si>
   <si>
     <t>8.54</t>
   </si>
   <si>
-    <t>Андрей Севастьянов</t>
-[...16 lines deleted...]
-  <si>
     <t>Арсений Прокаев</t>
   </si>
   <si>
     <t>23.18</t>
   </si>
   <si>
     <t>13.08</t>
   </si>
   <si>
     <t>Полина Андреева</t>
   </si>
   <si>
     <t>26.61</t>
   </si>
   <si>
     <t>15.68</t>
   </si>
   <si>
     <t>Станислав Симонов</t>
   </si>
   <si>
     <t>28.19</t>
   </si>
   <si>
     <t>18.89</t>
   </si>
   <si>
+    <t>Анатолий Орешков</t>
+  </si>
+  <si>
+    <t>31.74</t>
+  </si>
+  <si>
+    <t>22.07</t>
+  </si>
+  <si>
     <t>Антонина Андреева</t>
   </si>
   <si>
     <t>34.49</t>
   </si>
   <si>
     <t>21.78</t>
-  </si>
-[...10 lines deleted...]
-    <t>45.84</t>
   </si>
   <si>
     <t>Александр Зингер</t>
   </si>
   <si>
     <t>Андрей Колесников</t>
   </si>
   <si>
     <t>Михаил Степанов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1388,568 +1391,572 @@
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>82</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D29" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>85</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>90</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>93</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>96</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>99</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>102</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D36" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>104</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>107</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>110</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>113</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>116</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>119</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>122</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>125</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>128</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>131</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>134</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>137</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>140</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>143</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>146</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>149</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>152</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>155</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>158</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>161</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>164</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>167</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="D58" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>170</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>173</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>176</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="D61" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>179</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>182</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D63" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>185</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D64" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>188</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="C65" s="1"/>
       <c r="D65" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>191</v>
       </c>
-      <c r="C66" s="1"/>
+      <c r="C66" s="1" t="s">
+        <v>192</v>
+      </c>
       <c r="D66" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="B67" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C67" s="1"/>
     </row>
     <row r="68" spans="1:4">
       <c r="B68" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C68" s="1"/>
     </row>
     <row r="69" spans="1:4">
       <c r="B69" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C69" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>