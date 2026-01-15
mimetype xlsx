--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -77,210 +77,210 @@
   <si>
     <t>Макар Тихонов</t>
   </si>
   <si>
     <t>12.12</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
     <t>9.21</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>14.26</t>
   </si>
   <si>
-    <t>9.83</t>
+    <t>9.49</t>
+  </si>
+  <si>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>15.83</t>
+  </si>
+  <si>
+    <t>12.41</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
-[...7 lines deleted...]
-  <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>17.46</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>20.39</t>
+  </si>
+  <si>
+    <t>11.70</t>
+  </si>
+  <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>21.42</t>
   </si>
   <si>
     <t>17.21</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>21.97</t>
+  </si>
+  <si>
+    <t>15.81</t>
+  </si>
+  <si>
     <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
     <t>14.47</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>22.60</t>
   </si>
   <si>
     <t>16.90</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>23.59</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>25.33</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
     <t>16.81</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
     <t>26.28</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
-[...7 lines deleted...]
-  <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>14.97</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>30.78</t>
   </si>
   <si>
     <t>19.72</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>34.12</t>
   </si>
   <si>
     <t>23.38</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>34.90</t>
   </si>
   <si>
-    <t>30.89</t>
+    <t>29.32</t>
   </si>
   <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>41.37</t>
   </si>
   <si>
     <t>30.93</t>
   </si>
   <si>
     <t>Александр Минко</t>
   </si>
   <si>
     <t>42.98</t>
   </si>
   <si>
     <t>29.44</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
     <t>43.21</t>
   </si>
@@ -987,65 +987,65 @@
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>61</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>67</v>