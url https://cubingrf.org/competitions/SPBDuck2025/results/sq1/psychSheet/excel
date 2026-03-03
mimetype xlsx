--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,162 +29,171 @@
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
-    <t>9.43</t>
-[...2 lines deleted...]
-    <t>7.50</t>
+    <t>8.75</t>
+  </si>
+  <si>
+    <t>6.55</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
-    <t>6.16</t>
+    <t>6.81</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>10.69</t>
   </si>
   <si>
     <t>7.44</t>
   </si>
   <si>
     <t>Макар Тихонов</t>
   </si>
   <si>
     <t>12.12</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
-    <t>9.21</t>
+    <t>9.65</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>14.26</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>15.83</t>
   </si>
   <si>
     <t>12.41</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>17.46</t>
-[...2 lines deleted...]
-    <t>12.63</t>
+    <t>17.89</t>
+  </si>
+  <si>
+    <t>15.45</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>20.39</t>
   </si>
   <si>
     <t>11.70</t>
   </si>
   <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>20.57</t>
+  </si>
+  <si>
+    <t>14.47</t>
+  </si>
+  <si>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>21.24</t>
+  </si>
+  <si>
+    <t>16.81</t>
+  </si>
+  <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>21.42</t>
   </si>
   <si>
     <t>17.21</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>21.97</t>
   </si>
   <si>
-    <t>15.81</t>
-[...8 lines deleted...]
-    <t>14.47</t>
+    <t>14.46</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>22.60</t>
   </si>
   <si>
     <t>16.90</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>23.59</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
@@ -194,174 +203,165 @@
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>25.33</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
-    <t>16.81</t>
-[...7 lines deleted...]
-  <si>
     <t>Николай Васильев</t>
   </si>
   <si>
-    <t>27.65</t>
+    <t>27.99</t>
   </si>
   <si>
     <t>14.97</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>30.78</t>
   </si>
   <si>
     <t>19.72</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>34.12</t>
   </si>
   <si>
     <t>23.38</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>34.90</t>
   </si>
   <si>
     <t>29.32</t>
   </si>
   <si>
+    <t>Богдан Бекжанов</t>
+  </si>
+  <si>
+    <t>34.99</t>
+  </si>
+  <si>
+    <t>26.57</t>
+  </si>
+  <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>41.37</t>
   </si>
   <si>
     <t>30.93</t>
   </si>
   <si>
     <t>Александр Минко</t>
   </si>
   <si>
     <t>42.98</t>
   </si>
   <si>
     <t>29.44</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
     <t>43.21</t>
   </si>
   <si>
     <t>26.33</t>
   </si>
   <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>44.29</t>
+  </si>
+  <si>
+    <t>23.66</t>
+  </si>
+  <si>
     <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>44.61</t>
   </si>
   <si>
     <t>31.61</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...7 lines deleted...]
-  <si>
     <t>Иван Смирнов</t>
   </si>
   <si>
     <t>48.47</t>
   </si>
   <si>
     <t>28.93</t>
   </si>
   <si>
     <t>Владимир Буковец</t>
   </si>
   <si>
     <t>53.98</t>
   </si>
   <si>
     <t>42.34</t>
   </si>
   <si>
     <t>Михаил Иванов</t>
   </si>
   <si>
     <t>1:01.30</t>
   </si>
   <si>
     <t>46.94</t>
-  </si>
-[...7 lines deleted...]
-    <t>40.31</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>44.73</t>
   </si>
   <si>
     <t>Дмитрий Чесноков</t>
   </si>
   <si>
     <t>1:05.33</t>
   </si>
   <si>
     <t>Андрей Севастьянов</t>
   </si>
   <si>
     <t>Кирилл Афонин</t>
   </si>
   <si>
     <t>Пётр Ануков</t>
   </si>
 </sst>
 </file>
 
@@ -1001,51 +1001,51 @@
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>67</v>