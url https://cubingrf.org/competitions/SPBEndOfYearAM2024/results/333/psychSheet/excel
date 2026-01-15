--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,438 +17,438 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Nikita Popkov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>6.28</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
+    <t>Максим Аммосов</t>
   </si>
   <si>
     <t>9.83</t>
   </si>
   <si>
-    <t>8.52</t>
-[...2 lines deleted...]
-    <t>Ekaterina Soboleva</t>
+    <t>8.23</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
+    <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>11.17</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
   <si>
-    <t>Mikhail Nikolayev</t>
+    <t>Михаил Николаев</t>
   </si>
   <si>
     <t>11.22</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Fyodor Ulitovsky</t>
+    <t>Фёдор Улитовский</t>
   </si>
   <si>
     <t>11.29</t>
   </si>
   <si>
     <t>9.39</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>12.09</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
-    <t>Ilʹya Zelenin</t>
+    <t>Илья Зеленин</t>
   </si>
   <si>
     <t>12.30</t>
   </si>
   <si>
     <t>10.18</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>14.74</t>
   </si>
   <si>
     <t>12.48</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
-    <t>Aleksandr Kalinin</t>
+    <t>Александр Калинин</t>
   </si>
   <si>
     <t>16.73</t>
   </si>
   <si>
     <t>13.36</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>17.15</t>
   </si>
   <si>
     <t>15.45</t>
   </si>
   <si>
-    <t>Viktor German</t>
+    <t>Виктор Герман</t>
   </si>
   <si>
     <t>17.39</t>
   </si>
   <si>
     <t>15.26</t>
   </si>
   <si>
-    <t>Semen Kudryavtsev</t>
+    <t>Семен Кудрявцев</t>
   </si>
   <si>
     <t>17.90</t>
   </si>
   <si>
     <t>13.41</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>18.23</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
-    <t>Dmitriy Samotoenko</t>
+    <t>Дмитрий Самотоенко</t>
   </si>
   <si>
     <t>18.91</t>
   </si>
   <si>
-    <t>Bogdan Bekzhanov</t>
+    <t>Богдан Бекжанов</t>
   </si>
   <si>
     <t>19.01</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
-    <t>Dmitrii Ivanov</t>
+    <t>Дмитрий Иванов</t>
   </si>
   <si>
     <t>19.10</t>
   </si>
   <si>
     <t>16.03</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>19.95</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
-    <t>Stanislav Gribanov</t>
+    <t>Станислав Грибанов</t>
   </si>
   <si>
     <t>21.78</t>
   </si>
   <si>
     <t>17.89</t>
   </si>
   <si>
-    <t>Nikita Dikorev</t>
+    <t>Никита Дикорев</t>
   </si>
   <si>
     <t>21.91</t>
   </si>
   <si>
     <t>18.30</t>
   </si>
   <si>
-    <t>Aleksey Frolov</t>
+    <t>Алексей Фролов</t>
   </si>
   <si>
     <t>23.82</t>
   </si>
   <si>
     <t>19.68</t>
   </si>
   <si>
-    <t>Vasiliy Bagayev</t>
+    <t>Василий Багаев</t>
   </si>
   <si>
     <t>24.22</t>
   </si>
   <si>
     <t>19.94</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>24.65</t>
   </si>
   <si>
-    <t>Maria Seregova</t>
+    <t>Мария Серёгова</t>
   </si>
   <si>
     <t>24.89</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
-    <t>Ivan Semenov</t>
+    <t>Иван Семенов</t>
   </si>
   <si>
     <t>27.33</t>
   </si>
   <si>
     <t>24.76</t>
   </si>
   <si>
-    <t>Zenoviy Novichikhin</t>
+    <t>Зеновий Новичихин</t>
   </si>
   <si>
     <t>30.06</t>
   </si>
   <si>
     <t>25.47</t>
   </si>
   <si>
-    <t>Polina Andreeva</t>
+    <t>Полина Андреева</t>
   </si>
   <si>
     <t>35.03</t>
   </si>
   <si>
     <t>33.33</t>
   </si>
   <si>
-    <t>Angelina Savkina</t>
+    <t>Ангелина Савкина</t>
   </si>
   <si>
     <t>39.55</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
-    <t>Daniil Roslyakov</t>
+    <t>Даниил Росляков</t>
   </si>
   <si>
     <t>40.47</t>
   </si>
   <si>
     <t>34.09</t>
   </si>
   <si>
-    <t>Mariya Beloglazova</t>
+    <t>Мария Белоглазова</t>
   </si>
   <si>
     <t>45.11</t>
   </si>
   <si>
     <t>36.65</t>
   </si>
   <si>
-    <t>Daniil Zhidkomlinov</t>
+    <t>Даниил Жидкомлинов</t>
   </si>
   <si>
     <t>45.38</t>
   </si>
   <si>
     <t>35.67</t>
   </si>
   <si>
-    <t>Yaroslav Bobrikov</t>
+    <t>Ярослав Бобриков</t>
   </si>
   <si>
     <t>46.26</t>
   </si>
   <si>
     <t>37.74</t>
   </si>
   <si>
-    <t>Vladislava Shvedova</t>
+    <t>Владислава Шведова</t>
   </si>
   <si>
     <t>50.54</t>
   </si>
   <si>
     <t>45.00</t>
   </si>
   <si>
-    <t>Maria Kalichava</t>
+    <t>Мария Каличава</t>
   </si>
   <si>
     <t>55.89</t>
   </si>
   <si>
     <t>47.12</t>
   </si>
   <si>
-    <t>Vladimir Zhavoronkov</t>
+    <t>Владимир Жаворонков</t>
   </si>
   <si>
     <t>55.91</t>
   </si>
   <si>
     <t>48.52</t>
   </si>
   <si>
-    <t>Daniil Nikiforov</t>
+    <t>Даниил Никифоров</t>
   </si>
   <si>
     <t>58.16</t>
   </si>
   <si>
     <t>44.75</t>
   </si>
   <si>
-    <t>Valeriya Kerimova</t>
+    <t>Валерия Керимова</t>
   </si>
   <si>
     <t>53.71</t>
   </si>
   <si>
-    <t>Alisa Ivanovskaya</t>
+    <t>Алиса Ивановская</t>
   </si>
   <si>
     <t>1:02.03</t>
   </si>
   <si>
     <t>57.93</t>
   </si>
   <si>
-    <t>Aleksandr Evdokimov</t>
+    <t>Александр Евдокимов</t>
   </si>
   <si>
     <t>1:03.43</t>
   </si>
   <si>
     <t>50.12</t>
   </si>
   <si>
-    <t>Yaroslav Boykov</t>
+    <t>Ярослав Бойков</t>
   </si>
   <si>
     <t>1:22.56</t>
   </si>
   <si>
     <t>1:08.16</t>
   </si>
   <si>
-    <t>Karina Bolotova</t>
+    <t>Карина Болотова</t>
   </si>
   <si>
     <t>1:38.29</t>
   </si>
   <si>
     <t>1:31.40</t>
   </si>
   <si>
-    <t>Elena Chubareva</t>
+    <t>Елена Чубарева</t>
   </si>
   <si>
     <t>1:12.71</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>