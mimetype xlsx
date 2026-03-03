--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,323 +12,326 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>6.28</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
-    <t>9.83</t>
-[...2 lines deleted...]
-    <t>8.23</t>
+    <t>9.32</t>
+  </si>
+  <si>
+    <t>7.98</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
+    <t>Михаил Николаев</t>
+  </si>
+  <si>
+    <t>10.64</t>
+  </si>
+  <si>
+    <t>8.87</t>
+  </si>
+  <si>
+    <t>Фёдор Улитовский</t>
+  </si>
+  <si>
+    <t>10.93</t>
+  </si>
+  <si>
+    <t>9.39</t>
+  </si>
+  <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>11.17</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
   <si>
-    <t>Михаил Николаев</t>
-[...16 lines deleted...]
-  <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>12.09</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
     <t>Илья Зеленин</t>
   </si>
   <si>
-    <t>12.30</t>
+    <t>12.19</t>
   </si>
   <si>
     <t>10.18</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
     <t>Иван Смирнов</t>
   </si>
   <si>
     <t>14.74</t>
   </si>
   <si>
     <t>12.48</t>
   </si>
   <si>
+    <t>Виктор Герман</t>
+  </si>
+  <si>
+    <t>15.54</t>
+  </si>
+  <si>
+    <t>11.86</t>
+  </si>
+  <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
+    <t>Пётр Ануков</t>
+  </si>
+  <si>
+    <t>15.71</t>
+  </si>
+  <si>
+    <t>14.60</t>
+  </si>
+  <si>
+    <t>Семен Кудрявцев</t>
+  </si>
+  <si>
+    <t>16.55</t>
+  </si>
+  <si>
+    <t>13.41</t>
+  </si>
+  <si>
     <t>Александр Калинин</t>
   </si>
   <si>
     <t>16.73</t>
   </si>
   <si>
     <t>13.36</t>
   </si>
   <si>
-    <t>Пётр Ануков</t>
-[...23 lines deleted...]
-    <t>13.41</t>
+    <t>Богдан Бекжанов</t>
+  </si>
+  <si>
+    <t>16.99</t>
+  </si>
+  <si>
+    <t>13.72</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>18.14</t>
+  </si>
+  <si>
+    <t>15.09</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
     <t>18.23</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>Дмитрий Самотоенко</t>
   </si>
   <si>
     <t>18.91</t>
   </si>
   <si>
-    <t>Богдан Бекжанов</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Иванов</t>
   </si>
   <si>
     <t>19.10</t>
   </si>
   <si>
     <t>16.03</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Станислав Грибанов</t>
+  </si>
+  <si>
+    <t>21.78</t>
+  </si>
+  <si>
+    <t>17.89</t>
+  </si>
+  <si>
+    <t>Никита Дикорев</t>
+  </si>
+  <si>
+    <t>21.91</t>
+  </si>
+  <si>
+    <t>18.30</t>
+  </si>
+  <si>
+    <t>Алексей Фролов</t>
+  </si>
+  <si>
+    <t>23.82</t>
+  </si>
+  <si>
+    <t>19.68</t>
+  </si>
+  <si>
+    <t>Василий Багаев</t>
+  </si>
+  <si>
+    <t>24.22</t>
+  </si>
+  <si>
+    <t>19.94</t>
+  </si>
+  <si>
+    <t>Егор Жогин</t>
+  </si>
+  <si>
+    <t>24.65</t>
   </si>
   <si>
     <t>19.95</t>
   </si>
   <si>
-    <t>15.88</t>
-[...43 lines deleted...]
-  <si>
     <t>Мария Серёгова</t>
   </si>
   <si>
     <t>24.89</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>Иван Семенов</t>
   </si>
   <si>
     <t>27.33</t>
   </si>
   <si>
     <t>24.76</t>
   </si>
   <si>
     <t>Зеновий Новичихин</t>
   </si>
   <si>
     <t>30.06</t>
   </si>
   <si>
     <t>25.47</t>
   </si>
   <si>
     <t>Полина Андреева</t>
   </si>
   <si>
     <t>35.03</t>
   </si>
   <si>
-    <t>33.33</t>
+    <t>31.96</t>
   </si>
   <si>
     <t>Ангелина Савкина</t>
   </si>
   <si>
-    <t>39.55</t>
+    <t>39.00</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>Даниил Росляков</t>
   </si>
   <si>
     <t>40.47</t>
   </si>
   <si>
     <t>34.09</t>
   </si>
   <si>
     <t>Мария Белоглазова</t>
   </si>
   <si>
     <t>45.11</t>
   </si>
   <si>
     <t>36.65</t>
   </si>
   <si>
     <t>Даниил Жидкомлинов</t>
   </si>
@@ -353,99 +356,99 @@
   <si>
     <t>50.54</t>
   </si>
   <si>
     <t>45.00</t>
   </si>
   <si>
     <t>Мария Каличава</t>
   </si>
   <si>
     <t>55.89</t>
   </si>
   <si>
     <t>47.12</t>
   </si>
   <si>
     <t>Владимир Жаворонков</t>
   </si>
   <si>
     <t>55.91</t>
   </si>
   <si>
     <t>48.52</t>
   </si>
   <si>
+    <t>Карина Болотова</t>
+  </si>
+  <si>
+    <t>58.12</t>
+  </si>
+  <si>
+    <t>41.76</t>
+  </si>
+  <si>
     <t>Даниил Никифоров</t>
   </si>
   <si>
     <t>58.16</t>
   </si>
   <si>
     <t>44.75</t>
   </si>
   <si>
     <t>Валерия Керимова</t>
   </si>
   <si>
     <t>53.71</t>
   </si>
   <si>
     <t>Алиса Ивановская</t>
   </si>
   <si>
     <t>1:02.03</t>
   </si>
   <si>
     <t>57.93</t>
   </si>
   <si>
     <t>Александр Евдокимов</t>
   </si>
   <si>
     <t>1:03.43</t>
   </si>
   <si>
     <t>50.12</t>
   </si>
   <si>
     <t>Ярослав Бойков</t>
   </si>
   <si>
     <t>1:22.56</t>
   </si>
   <si>
     <t>1:08.16</t>
-  </si>
-[...7 lines deleted...]
-    <t>1:31.40</t>
   </si>
   <si>
     <t>Елена Чубарева</t>
   </si>
   <si>
     <t>1:12.71</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1028,79 +1031,79 @@
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>64</v>
@@ -1140,315 +1143,315 @@
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D25" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D36" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D37" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D38" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D39" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D40" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>120</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C41" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D43" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D44" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>