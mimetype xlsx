--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,429 +17,429 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Nikita Popkov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
     <t>1.96</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>3.14</t>
   </si>
   <si>
     <t>2.13</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>3.71</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
-    <t>Mikhail Nikolayev</t>
+    <t>Михаил Николаев</t>
   </si>
   <si>
     <t>4.82</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>4.91</t>
+  </si>
+  <si>
+    <t>3.85</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>5.45</t>
   </si>
   <si>
     <t>3.23</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
-[...8 lines deleted...]
-    <t>Ilʹya Zelenin</t>
+    <t>Илья Зеленин</t>
   </si>
   <si>
     <t>6.50</t>
   </si>
   <si>
     <t>5.43</t>
   </si>
   <si>
-    <t>Semen Kudryavtsev</t>
+    <t>Семен Кудрявцев</t>
   </si>
   <si>
     <t>6.56</t>
   </si>
   <si>
     <t>4.59</t>
   </si>
   <si>
-    <t>Fyodor Ulitovsky</t>
+    <t>Фёдор Улитовский</t>
   </si>
   <si>
     <t>7.28</t>
   </si>
   <si>
     <t>4.53</t>
   </si>
   <si>
-    <t>Nikita Dikorev</t>
+    <t>Никита Дикорев</t>
   </si>
   <si>
     <t>8.56</t>
   </si>
   <si>
     <t>6.01</t>
   </si>
   <si>
-    <t>Aleksandr Kalinin</t>
+    <t>Александр Калинин</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
     <t>5.79</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>9.00</t>
   </si>
   <si>
     <t>5.27</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>9.12</t>
   </si>
   <si>
     <t>7.34</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
     <t>6.31</t>
   </si>
   <si>
-    <t>Maria Seregova</t>
+    <t>Мария Серёгова</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
     <t>5.67</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>9.21</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
+    <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>9.28</t>
   </si>
   <si>
     <t>7.01</t>
   </si>
   <si>
-    <t>Angelina Savkina</t>
+    <t>Ангелина Савкина</t>
   </si>
   <si>
     <t>9.67</t>
   </si>
   <si>
     <t>7.10</t>
   </si>
   <si>
-    <t>Bogdan Bekzhanov</t>
+    <t>Богдан Бекжанов</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
     <t>7.54</t>
   </si>
   <si>
-    <t>Vasiliy Bagayev</t>
+    <t>Василий Багаев</t>
   </si>
   <si>
     <t>10.32</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
-    <t>Viktor German</t>
+    <t>Виктор Герман</t>
   </si>
   <si>
     <t>10.48</t>
   </si>
   <si>
     <t>7.35</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>11.49</t>
   </si>
   <si>
     <t>6.42</t>
   </si>
   <si>
-    <t>Dmitriy Samotoenko</t>
+    <t>Дмитрий Самотоенко</t>
   </si>
   <si>
     <t>11.95</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
-    <t>Valeriya Kerimova</t>
+    <t>Валерия Керимова</t>
   </si>
   <si>
     <t>12.33</t>
   </si>
   <si>
     <t>10.51</t>
   </si>
   <si>
-    <t>Ivan Semenov</t>
+    <t>Иван Семенов</t>
   </si>
   <si>
     <t>12.66</t>
   </si>
   <si>
     <t>8.60</t>
   </si>
   <si>
-    <t>Dmitrii Ivanov</t>
+    <t>Дмитрий Иванов</t>
   </si>
   <si>
     <t>12.76</t>
   </si>
   <si>
     <t>10.15</t>
   </si>
   <si>
-    <t>Mariya Beloglazova</t>
+    <t>Мария Белоглазова</t>
   </si>
   <si>
     <t>13.64</t>
   </si>
   <si>
     <t>9.72</t>
   </si>
   <si>
-    <t>Elena Chubareva</t>
+    <t>Елена Чубарева</t>
   </si>
   <si>
     <t>13.87</t>
   </si>
   <si>
     <t>8.88</t>
   </si>
   <si>
-    <t>Aleksandr Evdokimov</t>
+    <t>Александр Евдокимов</t>
   </si>
   <si>
     <t>14.18</t>
   </si>
   <si>
     <t>12.31</t>
   </si>
   <si>
-    <t>Aleksey Frolov</t>
+    <t>Алексей Фролов</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
-    <t>Zenoviy Novichikhin</t>
+    <t>Зеновий Новичихин</t>
   </si>
   <si>
     <t>14.38</t>
   </si>
   <si>
     <t>11.61</t>
   </si>
   <si>
-    <t>Karina Bolotova</t>
+    <t>Карина Болотова</t>
   </si>
   <si>
     <t>15.50</t>
   </si>
   <si>
     <t>14.20</t>
   </si>
   <si>
-    <t>Vladislava Shvedova</t>
+    <t>Владислава Шведова</t>
   </si>
   <si>
     <t>15.85</t>
   </si>
   <si>
     <t>13.18</t>
   </si>
   <si>
-    <t>Daniil Roslyakov</t>
+    <t>Даниил Росляков</t>
   </si>
   <si>
     <t>15.99</t>
   </si>
   <si>
     <t>13.03</t>
   </si>
   <si>
-    <t>Polina Andreeva</t>
+    <t>Полина Андреева</t>
   </si>
   <si>
     <t>16.27</t>
   </si>
   <si>
     <t>8.25</t>
   </si>
   <si>
-    <t>Daniil Nikiforov</t>
+    <t>Даниил Никифоров</t>
   </si>
   <si>
     <t>17.58</t>
   </si>
   <si>
     <t>11.85</t>
   </si>
   <si>
-    <t>Maria Kalichava</t>
+    <t>Мария Каличава</t>
   </si>
   <si>
     <t>17.75</t>
   </si>
   <si>
     <t>12.37</t>
   </si>
   <si>
-    <t>Daniil Zhidkomlinov</t>
+    <t>Даниил Жидкомлинов</t>
   </si>
   <si>
     <t>18.32</t>
   </si>
   <si>
     <t>12.78</t>
   </si>
   <si>
-    <t>Stanislav Gribanov</t>
+    <t>Станислав Грибанов</t>
   </si>
   <si>
     <t>18.38</t>
   </si>
   <si>
     <t>14.46</t>
   </si>
   <si>
-    <t>Antonina Andreeva</t>
+    <t>Антонина Андреева</t>
   </si>
   <si>
     <t>19.72</t>
   </si>
   <si>
     <t>16.84</t>
   </si>
   <si>
-    <t>Alisa Ivanovskaya</t>
+    <t>Алиса Ивановская</t>
   </si>
   <si>
     <t>20.44</t>
   </si>
   <si>
     <t>14.69</t>
   </si>
   <si>
-    <t>Vladimir Zhavoronkov</t>
+    <t>Владимир Жаворонков</t>
   </si>
   <si>
     <t>21.03</t>
   </si>
   <si>
     <t>19.22</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -770,51 +770,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C43" sqref="C43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>