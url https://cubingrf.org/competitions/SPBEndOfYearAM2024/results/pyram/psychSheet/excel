--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -56,60 +56,60 @@
   <si>
     <t>1.96</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>3.14</t>
   </si>
   <si>
     <t>2.13</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>3.71</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
     <t>Михаил Николаев</t>
   </si>
   <si>
-    <t>4.82</t>
+    <t>4.71</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
-    <t>4.91</t>
+    <t>4.76</t>
   </si>
   <si>
     <t>3.85</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>5.45</t>
   </si>
   <si>
     <t>3.23</t>
   </si>
   <si>
     <t>Илья Зеленин</t>
   </si>
   <si>
     <t>6.50</t>
   </si>
   <si>
     <t>5.43</t>
   </si>
   <si>
     <t>Семен Кудрявцев</t>
   </si>
@@ -311,51 +311,51 @@
   <si>
     <t>Алексей Фролов</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
     <t>Зеновий Новичихин</t>
   </si>
   <si>
     <t>14.38</t>
   </si>
   <si>
     <t>11.61</t>
   </si>
   <si>
     <t>Карина Болотова</t>
   </si>
   <si>
     <t>15.50</t>
   </si>
   <si>
-    <t>14.20</t>
+    <t>9.93</t>
   </si>
   <si>
     <t>Владислава Шведова</t>
   </si>
   <si>
     <t>15.85</t>
   </si>
   <si>
     <t>13.18</t>
   </si>
   <si>
     <t>Даниил Росляков</t>
   </si>
   <si>
     <t>15.99</t>
   </si>
   <si>
     <t>13.03</t>
   </si>
   <si>
     <t>Полина Андреева</t>
   </si>
   <si>
     <t>16.27</t>
   </si>
@@ -377,66 +377,66 @@
   <si>
     <t>17.75</t>
   </si>
   <si>
     <t>12.37</t>
   </si>
   <si>
     <t>Даниил Жидкомлинов</t>
   </si>
   <si>
     <t>18.32</t>
   </si>
   <si>
     <t>12.78</t>
   </si>
   <si>
     <t>Станислав Грибанов</t>
   </si>
   <si>
     <t>18.38</t>
   </si>
   <si>
     <t>14.46</t>
   </si>
   <si>
+    <t>Алиса Ивановская</t>
+  </si>
+  <si>
+    <t>19.47</t>
+  </si>
+  <si>
+    <t>14.69</t>
+  </si>
+  <si>
     <t>Антонина Андреева</t>
   </si>
   <si>
     <t>19.72</t>
   </si>
   <si>
     <t>16.84</t>
-  </si>
-[...7 lines deleted...]
-    <t>14.69</t>
   </si>
   <si>
     <t>Владимир Жаворонков</t>
   </si>
   <si>
     <t>21.03</t>
   </si>
   <si>
     <t>19.22</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>