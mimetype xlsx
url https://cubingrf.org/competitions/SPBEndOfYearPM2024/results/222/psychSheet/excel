--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -116,51 +116,51 @@
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>1.40</t>
   </si>
   <si>
     <t>Maksim Miloserdov</t>
   </si>
   <si>
     <t>3.40</t>
   </si>
   <si>
     <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>3.58</t>
   </si>
   <si>
     <t>1.77</t>
   </si>
   <si>
     <t>Dmitriy Tupis</t>
   </si>
   <si>
-    <t>3.94</t>
+    <t>3.89</t>
   </si>
   <si>
     <t>1.55</t>
   </si>
   <si>
     <t>Nikolay Odegov</t>
   </si>
   <si>
     <t>4.00</t>
   </si>
   <si>
     <t>1.95</t>
   </si>
   <si>
     <t>Yegor Yeremin</t>
   </si>
   <si>
     <t>4.11</t>
   </si>
   <si>
     <t>Ian Gorev</t>
   </si>
   <si>
     <t>4.29</t>
   </si>