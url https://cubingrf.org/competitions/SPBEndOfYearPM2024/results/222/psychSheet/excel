--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,371 +12,377 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Vladimir Filin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>2.13</t>
   </si>
   <si>
     <t>1.39</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>2.22</t>
   </si>
   <si>
     <t>1.35</t>
   </si>
   <si>
-    <t>Pavel Galaktionov</t>
-[...2 lines deleted...]
-    <t>2.46</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>2.48</t>
+  </si>
+  <si>
+    <t>1.07</t>
+  </si>
+  <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>2.51</t>
+  </si>
+  <si>
+    <t>1.54</t>
+  </si>
+  <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>2.69</t>
+  </si>
+  <si>
+    <t>2.06</t>
+  </si>
+  <si>
+    <t>Павел Галактионов</t>
+  </si>
+  <si>
+    <t>2.71</t>
   </si>
   <si>
     <t>1.33</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...8 lines deleted...]
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>2.75</t>
   </si>
   <si>
     <t>1.36</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
-[...2 lines deleted...]
-    <t>2.84</t>
+    <t>Дмитрий Нагирняк</t>
+  </si>
+  <si>
+    <t>3.13</t>
+  </si>
+  <si>
+    <t>1.40</t>
+  </si>
+  <si>
+    <t>Максим Милосердов</t>
+  </si>
+  <si>
+    <t>3.40</t>
   </si>
   <si>
     <t>2.07</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
-[...23 lines deleted...]
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>3.58</t>
   </si>
   <si>
     <t>1.77</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>3.89</t>
   </si>
   <si>
     <t>1.55</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>4.00</t>
   </si>
   <si>
     <t>1.95</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>4.11</t>
   </si>
   <si>
-    <t>Ian Gorev</t>
-[...2 lines deleted...]
-    <t>4.29</t>
+    <t>1.62</t>
+  </si>
+  <si>
+    <t>Александр Хренов</t>
+  </si>
+  <si>
+    <t>4.36</t>
+  </si>
+  <si>
+    <t>3.05</t>
+  </si>
+  <si>
+    <t>Ян Горев</t>
+  </si>
+  <si>
+    <t>4.51</t>
   </si>
   <si>
     <t>1.76</t>
   </si>
   <si>
-    <t>Aleksandr Hrenov</t>
-[...8 lines deleted...]
-    <t>Adrian Dovgal</t>
+    <t>Адриан Довгаль</t>
   </si>
   <si>
     <t>4.83</t>
   </si>
   <si>
     <t>3.20</t>
   </si>
   <si>
-    <t>Ivan Nekrasov</t>
+    <t>Роман Фотиев</t>
+  </si>
+  <si>
+    <t>5.29</t>
+  </si>
+  <si>
+    <t>4.82</t>
+  </si>
+  <si>
+    <t>Иван Некрасов</t>
   </si>
   <si>
     <t>5.52</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
-    <t>Yevsey Ionush</t>
+    <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>5.96</t>
   </si>
   <si>
     <t>4.44</t>
   </si>
   <si>
-    <t>Doniër Nasyrov</t>
+    <t>Дониëр Насыров</t>
   </si>
   <si>
     <t>6.45</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
-    <t>Roman Fotiev</t>
-[...11 lines deleted...]
-    <t>6.83</t>
+    <t>Иван Королев</t>
+  </si>
+  <si>
+    <t>6.95</t>
+  </si>
+  <si>
+    <t>5.18</t>
+  </si>
+  <si>
+    <t>Александр Говорков</t>
+  </si>
+  <si>
+    <t>7.06</t>
   </si>
   <si>
     <t>2.85</t>
   </si>
   <si>
-    <t>Ivan Korolev</t>
-[...8 lines deleted...]
-    <t>Ivan Timofeev</t>
+    <t>Иван Тимофеев</t>
   </si>
   <si>
     <t>7.74</t>
   </si>
   <si>
-    <t>Maksim Komarov</t>
+    <t>Максим Комаров</t>
   </si>
   <si>
     <t>8.35</t>
   </si>
   <si>
     <t>4.27</t>
   </si>
   <si>
-    <t>Vladimir Vasil`ev</t>
+    <t>Владимир Васильев</t>
   </si>
   <si>
     <t>9.20</t>
   </si>
   <si>
     <t>4.01</t>
   </si>
   <si>
-    <t>Aleksandr Savchenko</t>
+    <t>Александр Савченко</t>
   </si>
   <si>
     <t>10.39</t>
   </si>
   <si>
     <t>4.74</t>
   </si>
   <si>
-    <t>Artemiy Savchenko</t>
+    <t>Артемий Савченко</t>
   </si>
   <si>
     <t>10.80</t>
   </si>
   <si>
     <t>6.68</t>
   </si>
   <si>
-    <t>Vyacheslav Kiselev</t>
+    <t>Вячеслав Киселёв</t>
   </si>
   <si>
     <t>11.86</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
   <si>
-    <t>Leyla Babayeva</t>
+    <t>Лейла Бабаева</t>
   </si>
   <si>
     <t>16.77</t>
   </si>
   <si>
     <t>11.84</t>
   </si>
   <si>
-    <t>Anatoliy Oreshkov</t>
+    <t>Анатолий Орешков</t>
   </si>
   <si>
     <t>17.00</t>
   </si>
   <si>
     <t>6.42</t>
   </si>
   <si>
-    <t>Natalia Piagai</t>
+    <t>Наталья Пягай</t>
   </si>
   <si>
     <t>19.43</t>
   </si>
   <si>
     <t>14.11</t>
   </si>
   <si>
-    <t>Varvara Berlinde</t>
+    <t>Варвара Берлинде</t>
   </si>
   <si>
     <t>20.81</t>
   </si>
   <si>
     <t>11.67</t>
   </si>
   <si>
-    <t>Sofya Gross-Kharachko</t>
+    <t>Софья Гросс-Харачко</t>
   </si>
   <si>
     <t>22.11</t>
   </si>
   <si>
     <t>14.88</t>
   </si>
   <si>
-    <t>Nikolay Romanov-Afrikantov</t>
+    <t>Николай Романов-Африкантов</t>
   </si>
   <si>
     <t>25.51</t>
   </si>
   <si>
     <t>11.31</t>
   </si>
   <si>
-    <t>Miroslav Terekhov</t>
+    <t>Мирослав Терехов</t>
   </si>
   <si>
     <t>29.88</t>
   </si>
   <si>
-    <t>Vladimir Guselʹnikov</t>
-[...2 lines deleted...]
-    <t>Danila Semenov</t>
+    <t>Владимир Гусельников</t>
+  </si>
+  <si>
+    <t>Данила Семенов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -701,51 +707,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C38" sqref="C38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -841,424 +847,424 @@
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D24" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="B37" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C37" s="1"/>
     </row>
     <row r="38" spans="1:4">
       <c r="B38" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C38" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>