--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,384 +17,384 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>6.66</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>7.53</t>
   </si>
   <si>
     <t>6.39</t>
   </si>
   <si>
-    <t>Pavel Galaktionov</t>
+    <t>Павел Галактионов</t>
   </si>
   <si>
     <t>8.27</t>
   </si>
   <si>
     <t>6.27</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
-    <t>Ian Gorev</t>
+    <t>Ян Горев</t>
   </si>
   <si>
     <t>9.69</t>
   </si>
   <si>
     <t>8.01</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>9.78</t>
   </si>
   <si>
     <t>8.19</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
     <t>8.43</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>10.93</t>
   </si>
   <si>
     <t>8.62</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>11.23</t>
   </si>
   <si>
     <t>9.13</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>11.55</t>
   </si>
   <si>
     <t>8.47</t>
   </si>
   <si>
-    <t>Aleksandr Hrenov</t>
+    <t>Александр Хренов</t>
   </si>
   <si>
     <t>12.93</t>
   </si>
   <si>
     <t>9.67</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>13.08</t>
+  </si>
+  <si>
+    <t>10.72</t>
+  </si>
+  <si>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>14.63</t>
   </si>
   <si>
     <t>12.78</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
-[...8 lines deleted...]
-    <t>Adrian Dovgal</t>
+    <t>Адриан Довгаль</t>
   </si>
   <si>
     <t>14.97</t>
   </si>
   <si>
     <t>12.36</t>
   </si>
   <si>
-    <t>Ivan Nekrasov</t>
+    <t>Иван Некрасов</t>
   </si>
   <si>
     <t>15.80</t>
   </si>
   <si>
     <t>13.65</t>
   </si>
   <si>
-    <t>Doniër Nasyrov</t>
+    <t>Дониëр Насыров</t>
   </si>
   <si>
     <t>16.04</t>
   </si>
   <si>
     <t>10.28</t>
   </si>
   <si>
-    <t>Yevsey Ionush</t>
+    <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>17.50</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
-    <t>Ivan Korolev</t>
+    <t>Иван Королев</t>
   </si>
   <si>
     <t>23.02</t>
   </si>
   <si>
     <t>21.36</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
+    <t>Александр Говорков</t>
   </si>
   <si>
     <t>24.17</t>
   </si>
   <si>
     <t>19.46</t>
   </si>
   <si>
-    <t>Roman Fotiev</t>
+    <t>Роман Фотиев</t>
   </si>
   <si>
     <t>25.88</t>
   </si>
   <si>
     <t>19.07</t>
   </si>
   <si>
-    <t>Vladimir Vasil`ev</t>
+    <t>Владимир Васильев</t>
   </si>
   <si>
     <t>27.49</t>
   </si>
   <si>
     <t>23.30</t>
   </si>
   <si>
-    <t>Aleksandr Savchenko</t>
+    <t>Александр Савченко</t>
   </si>
   <si>
     <t>34.04</t>
   </si>
   <si>
     <t>30.71</t>
   </si>
   <si>
-    <t>Artemiy Savchenko</t>
+    <t>Артемий Савченко</t>
   </si>
   <si>
     <t>35.13</t>
   </si>
   <si>
     <t>24.95</t>
   </si>
   <si>
-    <t>Maksim Komarov</t>
+    <t>Максим Комаров</t>
   </si>
   <si>
     <t>36.24</t>
   </si>
   <si>
     <t>26.93</t>
   </si>
   <si>
-    <t>Vyacheslav Kiselev</t>
+    <t>Вячеслав Киселёв</t>
   </si>
   <si>
     <t>36.67</t>
   </si>
   <si>
     <t>31.85</t>
   </si>
   <si>
-    <t>Anatoliy Oreshkov</t>
+    <t>Анатолий Орешков</t>
   </si>
   <si>
     <t>37.16</t>
   </si>
   <si>
     <t>22.74</t>
   </si>
   <si>
-    <t>Nikolay Romanov-Afrikantov</t>
+    <t>Николай Романов-Африкантов</t>
   </si>
   <si>
     <t>38.49</t>
   </si>
   <si>
     <t>31.28</t>
   </si>
   <si>
-    <t>Varvara Berlinde</t>
+    <t>Варвара Берлинде</t>
   </si>
   <si>
     <t>42.38</t>
   </si>
   <si>
     <t>25.91</t>
   </si>
   <si>
-    <t>Natalia Piagai</t>
+    <t>Наталья Пягай</t>
   </si>
   <si>
     <t>43.07</t>
   </si>
   <si>
     <t>31.10</t>
   </si>
   <si>
-    <t>Andrey Azarovskiy</t>
+    <t>Андрей Азаровский</t>
   </si>
   <si>
     <t>51.36</t>
   </si>
   <si>
     <t>43.41</t>
   </si>
   <si>
-    <t>Leyla Babayeva</t>
+    <t>Лейла Бабаева</t>
   </si>
   <si>
     <t>54.36</t>
   </si>
   <si>
     <t>46.16</t>
   </si>
   <si>
-    <t>Alexander Bazunov</t>
+    <t>Александр Базунов</t>
   </si>
   <si>
     <t>1:23.36</t>
   </si>
   <si>
     <t>1:15.28</t>
   </si>
   <si>
-    <t>Miroslav Terekhov</t>
+    <t>Мирослав Терехов</t>
   </si>
   <si>
     <t>1:29.68</t>
   </si>
   <si>
     <t>1:20.33</t>
   </si>
   <si>
-    <t>Sofya Gross-Kharachko</t>
+    <t>Софья Гросс-Харачко</t>
   </si>
   <si>
     <t>1:05.17</t>
   </si>
   <si>
-    <t>Vladimir Guselʹnikov</t>
-[...2 lines deleted...]
-    <t>Danila Semenov</t>
+    <t>Владимир Гусельников</t>
+  </si>
+  <si>
+    <t>Данила Семенов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>