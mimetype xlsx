--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,314 +12,311 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6.66</t>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
-    <t>7.53</t>
-[...2 lines deleted...]
-    <t>6.39</t>
+    <t>7.38</t>
+  </si>
+  <si>
+    <t>6.26</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>8.53</t>
+  </si>
+  <si>
+    <t>7.17</t>
   </si>
   <si>
     <t>Павел Галактионов</t>
   </si>
   <si>
-    <t>8.27</t>
+    <t>8.58</t>
   </si>
   <si>
     <t>6.27</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
     <t>Ян Горев</t>
   </si>
   <si>
     <t>9.69</t>
   </si>
   <si>
     <t>8.01</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>9.78</t>
   </si>
   <si>
     <t>8.19</t>
   </si>
   <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>9.94</t>
+  </si>
+  <si>
+    <t>8.62</t>
+  </si>
+  <si>
     <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
-    <t>8.43</t>
-[...8 lines deleted...]
-    <t>8.62</t>
+    <t>7.79</t>
+  </si>
+  <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>10.12</t>
+  </si>
+  <si>
+    <t>8.47</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
-    <t>11.23</t>
-[...11 lines deleted...]
-    <t>8.47</t>
+    <t>10.59</t>
+  </si>
+  <si>
+    <t>9.12</t>
   </si>
   <si>
     <t>Александр Хренов</t>
   </si>
   <si>
     <t>12.93</t>
   </si>
   <si>
     <t>9.67</t>
   </si>
   <si>
     <t>Егор Еремин</t>
   </si>
   <si>
     <t>13.08</t>
   </si>
   <si>
     <t>10.72</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>14.63</t>
   </si>
   <si>
     <t>12.78</t>
   </si>
   <si>
     <t>Адриан Довгаль</t>
   </si>
   <si>
-    <t>14.97</t>
-[...2 lines deleted...]
-    <t>12.36</t>
+    <t>15.32</t>
+  </si>
+  <si>
+    <t>13.06</t>
   </si>
   <si>
     <t>Иван Некрасов</t>
   </si>
   <si>
     <t>15.80</t>
   </si>
   <si>
     <t>13.65</t>
   </si>
   <si>
     <t>Дониëр Насыров</t>
   </si>
   <si>
     <t>16.04</t>
   </si>
   <si>
     <t>10.28</t>
   </si>
   <si>
     <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>17.50</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
+    <t>Роман Фотиев</t>
+  </si>
+  <si>
+    <t>22.74</t>
+  </si>
+  <si>
+    <t>17.57</t>
+  </si>
+  <si>
     <t>Иван Королев</t>
   </si>
   <si>
     <t>23.02</t>
   </si>
   <si>
     <t>21.36</t>
   </si>
   <si>
     <t>Александр Говорков</t>
   </si>
   <si>
-    <t>24.17</t>
-[...11 lines deleted...]
-    <t>19.07</t>
+    <t>25.23</t>
+  </si>
+  <si>
+    <t>21.39</t>
   </si>
   <si>
     <t>Владимир Васильев</t>
   </si>
   <si>
     <t>27.49</t>
   </si>
   <si>
     <t>23.30</t>
   </si>
   <si>
+    <t>Максим Комаров</t>
+  </si>
+  <si>
+    <t>34.03</t>
+  </si>
+  <si>
+    <t>26.93</t>
+  </si>
+  <si>
     <t>Александр Савченко</t>
   </si>
   <si>
     <t>34.04</t>
   </si>
   <si>
     <t>30.71</t>
   </si>
   <si>
     <t>Артемий Савченко</t>
   </si>
   <si>
     <t>35.13</t>
   </si>
   <si>
     <t>24.95</t>
   </si>
   <si>
-    <t>Максим Комаров</t>
-[...7 lines deleted...]
-  <si>
     <t>Вячеслав Киселёв</t>
   </si>
   <si>
     <t>36.67</t>
   </si>
   <si>
     <t>31.85</t>
   </si>
   <si>
     <t>Анатолий Орешков</t>
   </si>
   <si>
     <t>37.16</t>
-  </si>
-[...1 lines deleted...]
-    <t>22.74</t>
   </si>
   <si>
     <t>Николай Романов-Африкантов</t>
   </si>
   <si>
     <t>38.49</t>
   </si>
   <si>
     <t>31.28</t>
   </si>
   <si>
     <t>Варвара Берлинде</t>
   </si>
   <si>
     <t>42.38</t>
   </si>
   <si>
     <t>25.91</t>
   </si>
   <si>
     <t>Наталья Пягай</t>
   </si>
   <si>
     <t>43.07</t>
   </si>
@@ -1125,172 +1122,172 @@
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>82</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D28" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>85</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D29" t="s">
-        <v>87</v>
+        <v>62</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>87</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>93</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>96</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>99</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>102</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="B38" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C38" s="1"/>
     </row>
     <row r="39" spans="1:4">
       <c r="B39" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C39" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>