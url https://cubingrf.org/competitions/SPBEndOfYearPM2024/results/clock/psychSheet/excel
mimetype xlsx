--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -29,189 +29,189 @@
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.10</t>
-[...2 lines deleted...]
-    <t>1.87</t>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>2.27</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
     <t>Макар Тихонов</t>
   </si>
   <si>
     <t>3.79</t>
   </si>
   <si>
-    <t>3.03</t>
+    <t>2.71</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>5.87</t>
   </si>
   <si>
     <t>4.26</t>
   </si>
   <si>
     <t>Вадим Сухарев</t>
   </si>
   <si>
-    <t>7.06</t>
-[...2 lines deleted...]
-    <t>6.45</t>
+    <t>6.67</t>
+  </si>
+  <si>
+    <t>5.71</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>7.53</t>
+  </si>
+  <si>
+    <t>6.73</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
   <si>
     <t>6.33</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
-    <t>5.69</t>
-[...8 lines deleted...]
-    <t>6.76</t>
+    <t>5.32</t>
   </si>
   <si>
     <t>Александр Хренов</t>
   </si>
   <si>
     <t>9.77</t>
   </si>
   <si>
     <t>4.79</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>10.35</t>
   </si>
   <si>
     <t>8.59</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>10.41</t>
   </si>
   <si>
-    <t>8.52</t>
+    <t>8.58</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>11.20</t>
+  </si>
+  <si>
+    <t>9.48</t>
+  </si>
+  <si>
+    <t>Иван Королев</t>
+  </si>
+  <si>
+    <t>11.55</t>
+  </si>
+  <si>
+    <t>9.78</t>
+  </si>
+  <si>
+    <t>Роман Фотиев</t>
+  </si>
+  <si>
+    <t>11.66</t>
+  </si>
+  <si>
+    <t>9.40</t>
   </si>
   <si>
     <t>Александр Говорков</t>
   </si>
   <si>
-    <t>10.83</t>
-[...29 lines deleted...]
-    <t>9.40</t>
+    <t>12.96</t>
+  </si>
+  <si>
+    <t>10.14</t>
   </si>
   <si>
     <t>Серафима Каверина</t>
   </si>
   <si>
     <t>13.14</t>
   </si>
   <si>
-    <t>11.34</t>
+    <t>12.25</t>
   </si>
   <si>
     <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>13.45</t>
   </si>
   <si>
     <t>11.04</t>
   </si>
   <si>
     <t>Дониëр Насыров</t>
   </si>
   <si>
     <t>14.12</t>
   </si>
   <si>
     <t>12.56</t>
   </si>
   <si>
     <t>Егор Еремин</t>
   </si>
   <si>
     <t>17.05</t>
   </si>