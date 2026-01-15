--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,450 +17,450 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>8.76</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
     <t>9.42</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
-    <t>Farid Mikhaylov</t>
+    <t>Фарид Михайлов</t>
   </si>
   <si>
     <t>13.72</t>
   </si>
   <si>
     <t>11.88</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>14.23</t>
   </si>
   <si>
     <t>11.40</t>
   </si>
   <si>
-    <t>Mikhail Kalashnikov</t>
+    <t>Михаил Калашников</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
     <t>14.35</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>16.09</t>
   </si>
   <si>
     <t>13.60</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
-    <t>Aleksandr Beznogov</t>
+    <t>Александр Безногов</t>
   </si>
   <si>
     <t>17.10</t>
   </si>
   <si>
     <t>13.59</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>17.59</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
-    <t>Maxim Znamenshchikov</t>
+    <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>18.15</t>
   </si>
   <si>
     <t>12.91</t>
   </si>
   <si>
-    <t>Mikhail Kuzin</t>
+    <t>Михаил Кузин</t>
   </si>
   <si>
     <t>19.14</t>
   </si>
   <si>
     <t>12.99</t>
   </si>
   <si>
-    <t>Ian Gorev</t>
+    <t>Ян Горев</t>
   </si>
   <si>
     <t>19.22</t>
   </si>
   <si>
     <t>13.74</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>20.35</t>
   </si>
   <si>
     <t>15.57</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>20.47</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>21.34</t>
   </si>
   <si>
     <t>16.79</t>
   </si>
   <si>
-    <t>Anton Mikhailik</t>
+    <t>Антон Михайлик</t>
   </si>
   <si>
     <t>23.14</t>
   </si>
   <si>
     <t>16.69</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>23.38</t>
   </si>
   <si>
     <t>19.56</t>
   </si>
   <si>
-    <t>Fyodor Vasilyev</t>
+    <t>Федор Васильев</t>
   </si>
   <si>
     <t>25.57</t>
   </si>
   <si>
     <t>22.09</t>
   </si>
   <si>
-    <t>Leonid Kuzmin</t>
+    <t>Леонид Кузьмин</t>
   </si>
   <si>
     <t>25.60</t>
   </si>
   <si>
     <t>21.42</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>27.09</t>
   </si>
   <si>
     <t>20.70</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
     <t>27.45</t>
   </si>
   <si>
-    <t>Ilʹya Tereshko</t>
+    <t>Илья Терешко</t>
   </si>
   <si>
     <t>32.19</t>
   </si>
   <si>
     <t>22.82</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>32.54</t>
   </si>
   <si>
     <t>24.83</t>
   </si>
   <si>
-    <t>Ilya Biezinsh</t>
+    <t>Илья Биезиньш</t>
   </si>
   <si>
     <t>34.20</t>
   </si>
   <si>
     <t>29.21</t>
   </si>
   <si>
-    <t>Nikita Kuznetsov</t>
+    <t>Никита Кузнецов</t>
   </si>
   <si>
     <t>35.36</t>
   </si>
   <si>
     <t>31.06</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
     <t>31.93</t>
   </si>
   <si>
-    <t>Andrey Zastolbin</t>
+    <t>Андрей Застолбин</t>
   </si>
   <si>
     <t>36.06</t>
   </si>
   <si>
     <t>27.13</t>
   </si>
   <si>
-    <t>Amin Ashour</t>
+    <t>Амин Ашоур</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
     <t>34.79</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
-    <t>Grigoriy Freydin</t>
+    <t>Григорий Фрейдин</t>
   </si>
   <si>
     <t>45.50</t>
   </si>
   <si>
     <t>43.84</t>
   </si>
   <si>
-    <t>Nikita Tikhomirov</t>
+    <t>Никита Тихомиров</t>
   </si>
   <si>
     <t>51.32</t>
   </si>
   <si>
     <t>40.92</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>51.53</t>
   </si>
   <si>
     <t>39.74</t>
   </si>
   <si>
-    <t>Andrey Krylov</t>
+    <t>Андрей Крылов</t>
   </si>
   <si>
     <t>51.59</t>
   </si>
   <si>
     <t>44.70</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>43.61</t>
   </si>
   <si>
-    <t>Andrey Sokolov</t>
+    <t>Андрей Соколов</t>
   </si>
   <si>
     <t>1:09.15</t>
   </si>
   <si>
     <t>45.40</t>
   </si>
   <si>
-    <t>Renata Gonso</t>
+    <t>Рената Гонсо</t>
   </si>
   <si>
     <t>2:52.69</t>
   </si>
   <si>
     <t>1:59.18</t>
   </si>
   <si>
-    <t>Andrey Sevastʹyanov</t>
+    <t>Андрей Севастьянов</t>
   </si>
   <si>
     <t>2:53.79</t>
   </si>
   <si>
     <t>1:05.17</t>
   </si>
   <si>
-    <t>Anton Dushenkov</t>
+    <t>Антон Душенков</t>
   </si>
   <si>
     <t>1:02.95</t>
   </si>
   <si>
-    <t>Andrey Serdyuk</t>
+    <t>Андрей Сердюк</t>
   </si>
   <si>
     <t>1:58.07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>