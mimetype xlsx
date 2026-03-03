--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,245 +12,245 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>10.77</t>
+  </si>
+  <si>
+    <t>9.42</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>11.28</t>
+  </si>
+  <si>
+    <t>7.63</t>
+  </si>
+  <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>10.75</t>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
-[...23 lines deleted...]
-    <t>7.63</t>
+    <t>Никита Малыхин</t>
+  </si>
+  <si>
+    <t>14.23</t>
+  </si>
+  <si>
+    <t>11.40</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
+  </si>
+  <si>
+    <t>Михаил Калашников</t>
+  </si>
+  <si>
+    <t>15.88</t>
+  </si>
+  <si>
+    <t>14.35</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
+  </si>
+  <si>
+    <t>16.14</t>
+  </si>
+  <si>
+    <t>12.84</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>16.38</t>
+  </si>
+  <si>
+    <t>12.83</t>
+  </si>
+  <si>
+    <t>Максим Козловский</t>
+  </si>
+  <si>
+    <t>16.67</t>
+  </si>
+  <si>
+    <t>14.62</t>
+  </si>
+  <si>
+    <t>Александр Безногов</t>
+  </si>
+  <si>
+    <t>17.10</t>
+  </si>
+  <si>
+    <t>14.49</t>
+  </si>
+  <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>17.59</t>
+  </si>
+  <si>
+    <t>13.22</t>
+  </si>
+  <si>
+    <t>Максим Знаменщиков</t>
+  </si>
+  <si>
+    <t>18.15</t>
+  </si>
+  <si>
+    <t>12.91</t>
   </si>
   <si>
     <t>Фарид Михайлов</t>
   </si>
   <si>
-    <t>13.72</t>
-[...83 lines deleted...]
-    <t>12.91</t>
+    <t>18.82</t>
+  </si>
+  <si>
+    <t>15.81</t>
+  </si>
+  <si>
+    <t>Ян Горев</t>
+  </si>
+  <si>
+    <t>19.22</t>
+  </si>
+  <si>
+    <t>16.72</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>19.67</t>
   </si>
   <si>
     <t>Михаил Кузин</t>
   </si>
   <si>
-    <t>19.14</t>
+    <t>20.25</t>
   </si>
   <si>
     <t>12.99</t>
   </si>
   <si>
-    <t>Ян Горев</t>
-[...7 lines deleted...]
-  <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
     <t>20.35</t>
   </si>
   <si>
-    <t>15.57</t>
-[...5 lines deleted...]
-    <t>20.47</t>
+    <t>16.54</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>21.34</t>
   </si>
   <si>
     <t>16.79</t>
   </si>
   <si>
     <t>Антон Михайлик</t>
   </si>
   <si>
     <t>23.14</t>
   </si>
   <si>
     <t>16.69</t>
   </si>
   <si>
     <t>Анастасия Регонен</t>
   </si>
   <si>
-    <t>23.38</t>
+    <t>24.60</t>
   </si>
   <si>
     <t>19.56</t>
   </si>
   <si>
     <t>Федор Васильев</t>
   </si>
   <si>
     <t>25.57</t>
   </si>
   <si>
     <t>22.09</t>
   </si>
   <si>
     <t>Леонид Кузьмин</t>
   </si>
   <si>
     <t>25.60</t>
   </si>
   <si>
     <t>21.42</t>
   </si>
   <si>
     <t>Георгий Аветиков</t>
   </si>
@@ -263,207 +263,201 @@
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
-    <t>27.45</t>
+    <t>28.23</t>
+  </si>
+  <si>
+    <t>Дарья Пойда</t>
+  </si>
+  <si>
+    <t>32.54</t>
+  </si>
+  <si>
+    <t>24.83</t>
+  </si>
+  <si>
+    <t>Илья Биезиньш</t>
+  </si>
+  <si>
+    <t>34.20</t>
+  </si>
+  <si>
+    <t>29.21</t>
+  </si>
+  <si>
+    <t>Никита Кузнецов</t>
+  </si>
+  <si>
+    <t>35.36</t>
+  </si>
+  <si>
+    <t>31.06</t>
+  </si>
+  <si>
+    <t>Николай Одегов</t>
+  </si>
+  <si>
+    <t>35.87</t>
+  </si>
+  <si>
+    <t>31.93</t>
+  </si>
+  <si>
+    <t>Андрей Застолбин</t>
+  </si>
+  <si>
+    <t>36.06</t>
+  </si>
+  <si>
+    <t>27.13</t>
   </si>
   <si>
     <t>Илья Терешко</t>
   </si>
   <si>
-    <t>32.19</t>
-[...47 lines deleted...]
-    <t>27.13</t>
+    <t>41.86</t>
+  </si>
+  <si>
+    <t>33.60</t>
   </si>
   <si>
     <t>Амин Ашоур</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
     <t>34.79</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
     <t>Григорий Фрейдин</t>
   </si>
   <si>
     <t>45.50</t>
   </si>
   <si>
     <t>43.84</t>
   </si>
   <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>50.37</t>
+  </si>
+  <si>
+    <t>42.66</t>
+  </si>
+  <si>
     <t>Никита Тихомиров</t>
   </si>
   <si>
     <t>51.32</t>
   </si>
   <si>
     <t>40.92</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Крылов</t>
   </si>
   <si>
     <t>51.59</t>
   </si>
   <si>
     <t>44.70</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>1:01.64</t>
-[...2 lines deleted...]
-    <t>43.61</t>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
   </si>
   <si>
     <t>Андрей Соколов</t>
   </si>
   <si>
     <t>1:09.15</t>
   </si>
   <si>
     <t>45.40</t>
   </si>
   <si>
+    <t>Андрей Севастьянов</t>
+  </si>
+  <si>
+    <t>2:53.79</t>
+  </si>
+  <si>
+    <t>1:05.17</t>
+  </si>
+  <si>
+    <t>Антон Душенков</t>
+  </si>
+  <si>
+    <t>1:02.95</t>
+  </si>
+  <si>
+    <t>Андрей Сердюк</t>
+  </si>
+  <si>
+    <t>1:58.07</t>
+  </si>
+  <si>
     <t>Рената Гонсо</t>
-  </si>
-[...25 lines deleted...]
-    <t>1:58.07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1026,79 +1020,79 @@
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>61</v>
@@ -1400,80 +1394,72 @@
       <c r="D42" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>126</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>127</v>
       </c>
       <c r="D43" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>129</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="C44" s="1"/>
+      <c r="D44" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="B46" t="s">
         <v>133</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C46" s="1"/>
-      <c r="D46" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">