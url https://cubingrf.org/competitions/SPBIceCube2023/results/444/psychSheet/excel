--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -29,414 +29,414 @@
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.57</t>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>27.77</t>
+  </si>
+  <si>
+    <t>24.07</t>
+  </si>
+  <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>33.52</t>
+  </si>
+  <si>
+    <t>29.38</t>
+  </si>
+  <si>
+    <t>Максим Знаменщиков</t>
+  </si>
+  <si>
+    <t>35.73</t>
+  </si>
+  <si>
+    <t>30.98</t>
+  </si>
+  <si>
+    <t>Никита Малыхин</t>
+  </si>
+  <si>
+    <t>36.25</t>
+  </si>
+  <si>
+    <t>28.27</t>
+  </si>
+  <si>
     <t>Фарид Михайлов</t>
   </si>
   <si>
-    <t>33.48</t>
-[...29 lines deleted...]
-    <t>28.27</t>
+    <t>37.17</t>
+  </si>
+  <si>
+    <t>31.20</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>37.72</t>
   </si>
   <si>
     <t>30.69</t>
   </si>
   <si>
+    <t>Михаил Калашников</t>
+  </si>
+  <si>
+    <t>38.60</t>
+  </si>
+  <si>
+    <t>29.54</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>39.02</t>
+  </si>
+  <si>
+    <t>34.36</t>
+  </si>
+  <si>
+    <t>Ян Горев</t>
+  </si>
+  <si>
+    <t>39.03</t>
+  </si>
+  <si>
+    <t>36.66</t>
+  </si>
+  <si>
     <t>Михаил Кузин</t>
   </si>
   <si>
-    <t>38.19</t>
+    <t>39.91</t>
   </si>
   <si>
     <t>32.89</t>
   </si>
   <si>
-    <t>Михаил Калашников</t>
-[...25 lines deleted...]
-  <si>
     <t>Антон Михайлик</t>
   </si>
   <si>
     <t>41.16</t>
   </si>
   <si>
     <t>39.09</t>
   </si>
   <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>41.90</t>
+  </si>
+  <si>
+    <t>35.01</t>
+  </si>
+  <si>
+    <t>Максим Козловский</t>
+  </si>
+  <si>
+    <t>43.34</t>
+  </si>
+  <si>
+    <t>36.85</t>
+  </si>
+  <si>
+    <t>Айдар Аминев</t>
+  </si>
+  <si>
+    <t>44.71</t>
+  </si>
+  <si>
+    <t>36.29</t>
+  </si>
+  <si>
     <t>Александр Безногов</t>
   </si>
   <si>
-    <t>41.69</t>
+    <t>45.06</t>
   </si>
   <si>
     <t>37.97</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...14 lines deleted...]
-    <t>36.29</t>
+    <t>Александра Лукьянова</t>
+  </si>
+  <si>
+    <t>46.68</t>
+  </si>
+  <si>
+    <t>40.34</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>48.24</t>
+  </si>
+  <si>
+    <t>42.65</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>52.41</t>
+  </si>
+  <si>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>54.40</t>
+  </si>
+  <si>
+    <t>48.45</t>
   </si>
   <si>
     <t>Илья Терешко</t>
   </si>
   <si>
-    <t>43.30</t>
-[...20 lines deleted...]
-    <t>40.34</t>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>47.57</t>
+  </si>
+  <si>
+    <t>Дарья Пойда</t>
+  </si>
+  <si>
+    <t>55.97</t>
+  </si>
+  <si>
+    <t>47.69</t>
+  </si>
+  <si>
+    <t>Георгий Аветиков</t>
+  </si>
+  <si>
+    <t>59.22</t>
+  </si>
+  <si>
+    <t>52.20</t>
+  </si>
+  <si>
+    <t>Николай Одегов</t>
+  </si>
+  <si>
+    <t>1:00.63</t>
+  </si>
+  <si>
+    <t>56.38</t>
+  </si>
+  <si>
+    <t>Федор Васильев</t>
+  </si>
+  <si>
+    <t>1:01.31</t>
+  </si>
+  <si>
+    <t>49.15</t>
+  </si>
+  <si>
+    <t>Илья Биезиньш</t>
+  </si>
+  <si>
+    <t>1:02.30</t>
+  </si>
+  <si>
+    <t>51.71</t>
+  </si>
+  <si>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>1:07.75</t>
+  </si>
+  <si>
+    <t>55.47</t>
+  </si>
+  <si>
+    <t>Никита Тихомиров</t>
+  </si>
+  <si>
+    <t>1:10.30</t>
+  </si>
+  <si>
+    <t>1:05.64</t>
+  </si>
+  <si>
+    <t>Григорий Фрейдин</t>
+  </si>
+  <si>
+    <t>1:21.08</t>
+  </si>
+  <si>
+    <t>1:12.09</t>
+  </si>
+  <si>
+    <t>Никита Кузнецов</t>
+  </si>
+  <si>
+    <t>1:21.72</t>
+  </si>
+  <si>
+    <t>1:09.65</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>1:25.72</t>
+  </si>
+  <si>
+    <t>1:23.36</t>
+  </si>
+  <si>
+    <t>Андрей Крылов</t>
+  </si>
+  <si>
+    <t>1:42.82</t>
+  </si>
+  <si>
+    <t>1:17.33</t>
+  </si>
+  <si>
+    <t>Андрей Застолбин</t>
+  </si>
+  <si>
+    <t>2:00.36</t>
+  </si>
+  <si>
+    <t>1:42.37</t>
+  </si>
+  <si>
+    <t>Наталья Соболева</t>
+  </si>
+  <si>
+    <t>2:10.28</t>
+  </si>
+  <si>
+    <t>1:43.00</t>
+  </si>
+  <si>
+    <t>Андрей Соколов</t>
+  </si>
+  <si>
+    <t>2:11.42</t>
+  </si>
+  <si>
+    <t>1:55.97</t>
   </si>
   <si>
     <t>Леонид Кузьмин</t>
   </si>
   <si>
-    <t>47.44</t>
-[...146 lines deleted...]
-    <t>1:55.97</t>
+    <t>59.72</t>
   </si>
   <si>
     <t>Наталья Пягай</t>
   </si>
   <si>
     <t>2:05.88</t>
   </si>
   <si>
     <t>Андрей Севастьянов</t>
   </si>
   <si>
     <t>2:10.29</t>
   </si>
   <si>
-    <t>Никита Тихомиров</t>
-[...2 lines deleted...]
-    <t>2:14.19</t>
+    <t>Артём Бурмагин</t>
+  </si>
+  <si>
+    <t>2:12.39</t>
   </si>
   <si>
     <t>Владимир Копачев</t>
   </si>
   <si>
     <t>2:20.12</t>
   </si>
   <si>
     <t>Михаил Сетый MS13</t>
   </si>
   <si>
     <t>2:25.82</t>
-  </si>
-[...4 lines deleted...]
-    <t>3:01.90</t>
   </si>
   <si>
     <t>Алетта Курнышова</t>
   </si>
   <si>
     <t>Лейла Бабаева</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>