--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,462 +17,462 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Timofei Tarasenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>5.25</t>
   </si>
   <si>
     <t>3.72</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
     <t>6.60</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>9.10</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
     <t>8.35</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>11.03</t>
   </si>
   <si>
     <t>9.09</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>12.09</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
     <t>9.68</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
+    <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>12.41</t>
   </si>
   <si>
     <t>10.82</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>13.31</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
-    <t>Milan Pelevin</t>
+    <t>Милан Пелевин</t>
   </si>
   <si>
     <t>13.80</t>
   </si>
   <si>
     <t>11.77</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
-    <t>Yegor Gerasimenko</t>
+    <t>Егор Герасименко</t>
   </si>
   <si>
     <t>15.49</t>
   </si>
   <si>
     <t>11.94</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
-    <t>Grigoriy Gerasimenko</t>
+    <t>Григорий Герасименко</t>
   </si>
   <si>
     <t>16.88</t>
   </si>
   <si>
     <t>15.14</t>
   </si>
   <si>
-    <t>Fëdor Korshunov</t>
+    <t>Фёдор Коршунов</t>
   </si>
   <si>
     <t>16.93</t>
   </si>
   <si>
     <t>13.39</t>
   </si>
   <si>
-    <t>Maksim Beliaev</t>
+    <t>Максим Беляев</t>
   </si>
   <si>
     <t>17.34</t>
   </si>
   <si>
     <t>13.82</t>
   </si>
   <si>
-    <t>Ivan Ledenev</t>
+    <t>Иван Леденев</t>
   </si>
   <si>
     <t>17.72</t>
   </si>
   <si>
     <t>16.72</t>
   </si>
   <si>
-    <t>Dmitriy Lysakovskiy</t>
+    <t>Дмитрий Лысаковский</t>
   </si>
   <si>
     <t>17.84</t>
   </si>
   <si>
     <t>14.31</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>18.23</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
-    <t>Andrey Zastolbin</t>
+    <t>Андрей Застолбин</t>
   </si>
   <si>
     <t>18.82</t>
   </si>
   <si>
     <t>16.01</t>
   </si>
   <si>
-    <t>Bogdan Bekzhanov</t>
+    <t>Богдан Бекжанов</t>
   </si>
   <si>
     <t>19.01</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
-    <t>Kristian Snezhin</t>
+    <t>Кристиан Снежин</t>
   </si>
   <si>
     <t>19.57</t>
   </si>
   <si>
     <t>14.95</t>
   </si>
   <si>
-    <t>Vladimir Kushnir</t>
+    <t>Владимир Кушнир</t>
   </si>
   <si>
     <t>19.79</t>
   </si>
   <si>
     <t>14.43</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>19.95</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
-    <t>Alexey Gundin</t>
+    <t>Алексей Гундин</t>
   </si>
   <si>
     <t>20.27</t>
   </si>
   <si>
     <t>14.14</t>
   </si>
   <si>
-    <t>Andrey Sokolov</t>
+    <t>Андрей Соколов</t>
   </si>
   <si>
     <t>23.81</t>
   </si>
   <si>
     <t>18.77</t>
   </si>
   <si>
-    <t>Filipp Chumakov</t>
+    <t>Филипп Чумаков</t>
   </si>
   <si>
     <t>25.09</t>
   </si>
   <si>
     <t>23.60</t>
   </si>
   <si>
-    <t>Andrey Gerasimov</t>
+    <t>Андрей Герасимов</t>
   </si>
   <si>
     <t>25.48</t>
   </si>
   <si>
     <t>21.16</t>
   </si>
   <si>
-    <t>Pavel Nosov</t>
+    <t>Павел Носов</t>
   </si>
   <si>
     <t>28.61</t>
   </si>
   <si>
     <t>25.30</t>
   </si>
   <si>
-    <t>Nikita Zolin</t>
+    <t>Никита Золин</t>
   </si>
   <si>
     <t>30.95</t>
   </si>
   <si>
     <t>25.93</t>
   </si>
   <si>
-    <t>Natalya Soboleva</t>
+    <t>Наталья Соболева</t>
   </si>
   <si>
     <t>32.07</t>
   </si>
   <si>
     <t>25.41</t>
   </si>
   <si>
-    <t>Maksim Nikonov</t>
+    <t>Максим Никонов</t>
   </si>
   <si>
     <t>34.92</t>
   </si>
   <si>
     <t>25.82</t>
   </si>
   <si>
-    <t>David Chʹye</t>
+    <t>Давид Чье</t>
   </si>
   <si>
     <t>36.91</t>
   </si>
   <si>
     <t>30.80</t>
   </si>
   <si>
-    <t>Dmitriy Vavrinyuk</t>
+    <t>Дмитрий Вавринюк</t>
   </si>
   <si>
     <t>41.33</t>
   </si>
   <si>
     <t>33.06</t>
   </si>
   <si>
-    <t>Aleksandr Gutovskiy</t>
+    <t>Александр Гутовский</t>
   </si>
   <si>
     <t>45.34</t>
   </si>
   <si>
     <t>42.52</t>
   </si>
   <si>
-    <t>Arseniy Rusetskiy</t>
+    <t>Арсений Русецкий</t>
   </si>
   <si>
     <t>48.40</t>
   </si>
   <si>
     <t>44.62</t>
   </si>
   <si>
-    <t>Bozhena Chapkovich</t>
+    <t>Божена Чапкович</t>
   </si>
   <si>
     <t>54.92</t>
   </si>
   <si>
     <t>35.53</t>
   </si>
   <si>
-    <t>Gleb Melʹnikov</t>
+    <t>Глеб Мельников</t>
   </si>
   <si>
     <t>59.09</t>
   </si>
   <si>
     <t>49.65</t>
   </si>
   <si>
-    <t>Ivan Makitruk</t>
+    <t>Иван Макитрук</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
     <t>53.47</t>
   </si>
   <si>
-    <t>Viktor Poyda</t>
+    <t>Виктор Пойда</t>
   </si>
   <si>
     <t>1:39.12</t>
   </si>
   <si>
     <t>1:22.99</t>
   </si>
   <si>
-    <t>Kira Khrustalëva</t>
+    <t>Кира Хрусталёва</t>
   </si>
   <si>
     <t>3:33.22</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>