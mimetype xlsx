--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,467 +12,464 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...17 lines deleted...]
-    <t>Дмитрий Гундин</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Timofei Tarasenko</t>
+  </si>
+  <si>
+    <t>5.34</t>
+  </si>
+  <si>
+    <t>4.58</t>
+  </si>
+  <si>
+    <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
+    <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
     <t>6.60</t>
   </si>
   <si>
-    <t>Дмитрий Нагирняк</t>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
-    <t>Даниил Тамбовцев</t>
+    <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>9.10</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
     <t>8.35</t>
   </si>
   <si>
-    <t>Георгий Аветиков</t>
+    <t>Georgii Avetikov</t>
   </si>
   <si>
     <t>11.03</t>
   </si>
   <si>
     <t>9.09</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>12.09</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
-    <t>Анастасия Регонен</t>
+    <t>Anastasia Gubanova</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
     <t>9.68</t>
   </si>
   <si>
-    <t>Леонид Тарасенко</t>
-[...8 lines deleted...]
-    <t>Матвей Тянутов</t>
+    <t>Leonid Tarasenko</t>
+  </si>
+  <si>
+    <t>12.90</t>
+  </si>
+  <si>
+    <t>10.85</t>
+  </si>
+  <si>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>13.31</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
-    <t>Милан Пелевин</t>
+    <t>Milan Pelevin</t>
   </si>
   <si>
     <t>13.80</t>
   </si>
   <si>
     <t>11.77</t>
   </si>
   <si>
-    <t>Дарья Пойда</t>
+    <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
-    <t>10.01</t>
-[...2 lines deleted...]
-    <t>Егор Герасименко</t>
+    <t>12.84</t>
+  </si>
+  <si>
+    <t>Yegor Gerasimenko</t>
   </si>
   <si>
     <t>15.49</t>
   </si>
   <si>
     <t>11.94</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
+    <t>Olga Yasakova</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
-    <t>Григорий Герасименко</t>
+    <t>Dmitriy Lysakovskiy</t>
+  </si>
+  <si>
+    <t>16.19</t>
+  </si>
+  <si>
+    <t>Grigoriy Gerasimenko</t>
   </si>
   <si>
     <t>16.88</t>
   </si>
   <si>
     <t>15.14</t>
   </si>
   <si>
-    <t>Фёдор Коршунов</t>
+    <t>Fëdor Korshunov</t>
   </si>
   <si>
     <t>16.93</t>
   </si>
   <si>
     <t>13.39</t>
   </si>
   <si>
-    <t>Максим Беляев</t>
+    <t>Bogdan Bekzhanov</t>
+  </si>
+  <si>
+    <t>16.99</t>
+  </si>
+  <si>
+    <t>13.72</t>
+  </si>
+  <si>
+    <t>Maksim Beliaev</t>
   </si>
   <si>
     <t>17.34</t>
   </si>
   <si>
     <t>13.82</t>
   </si>
   <si>
-    <t>Иван Леденев</t>
+    <t>Ivan Ledenev</t>
   </si>
   <si>
     <t>17.72</t>
   </si>
   <si>
     <t>16.72</t>
   </si>
   <si>
-    <t>Дмитрий Лысаковский</t>
-[...8 lines deleted...]
-    <t>Диана Мурник</t>
+    <t>Gabriella Ivakhnitskaya</t>
+  </si>
+  <si>
+    <t>18.14</t>
+  </si>
+  <si>
+    <t>15.09</t>
+  </si>
+  <si>
+    <t>Diana Murnik</t>
   </si>
   <si>
     <t>18.23</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
-    <t>Андрей Застолбин</t>
+    <t>Andrey Zastolbin</t>
   </si>
   <si>
     <t>18.82</t>
   </si>
   <si>
     <t>16.01</t>
   </si>
   <si>
-    <t>Богдан Бекжанов</t>
-[...8 lines deleted...]
-    <t>Кристиан Снежин</t>
+    <t>Kristian Snezhin</t>
   </si>
   <si>
     <t>19.57</t>
   </si>
   <si>
     <t>14.95</t>
   </si>
   <si>
-    <t>Владимир Кушнир</t>
-[...17 lines deleted...]
-    <t>Алексей Гундин</t>
+    <t>Alexey Gundin</t>
   </si>
   <si>
     <t>20.27</t>
   </si>
   <si>
     <t>14.14</t>
   </si>
   <si>
-    <t>Андрей Соколов</t>
+    <t>Andrey Sokolov</t>
   </si>
   <si>
     <t>23.81</t>
   </si>
   <si>
     <t>18.77</t>
   </si>
   <si>
-    <t>Филипп Чумаков</t>
+    <t>Filipp Chumakov</t>
   </si>
   <si>
     <t>25.09</t>
   </si>
   <si>
     <t>23.60</t>
   </si>
   <si>
-    <t>Андрей Герасимов</t>
+    <t>Andrey Gerasimov</t>
   </si>
   <si>
     <t>25.48</t>
   </si>
   <si>
     <t>21.16</t>
   </si>
   <si>
-    <t>Павел Носов</t>
+    <t>Pavel Nosov</t>
   </si>
   <si>
     <t>28.61</t>
   </si>
   <si>
     <t>25.30</t>
   </si>
   <si>
-    <t>Никита Золин</t>
-[...2 lines deleted...]
-    <t>30.95</t>
+    <t>Nikita Zolin</t>
+  </si>
+  <si>
+    <t>30.54</t>
   </si>
   <si>
     <t>25.93</t>
   </si>
   <si>
-    <t>Наталья Соболева</t>
+    <t>Vladimir Kushnir</t>
+  </si>
+  <si>
+    <t>31.77</t>
+  </si>
+  <si>
+    <t>27.42</t>
+  </si>
+  <si>
+    <t>Natalya Soboleva</t>
   </si>
   <si>
     <t>32.07</t>
   </si>
   <si>
     <t>25.41</t>
   </si>
   <si>
-    <t>Максим Никонов</t>
+    <t>Maksim Nikonov</t>
   </si>
   <si>
     <t>34.92</t>
   </si>
   <si>
     <t>25.82</t>
   </si>
   <si>
-    <t>Давид Чье</t>
+    <t>David Chʹye</t>
   </si>
   <si>
     <t>36.91</t>
   </si>
   <si>
     <t>30.80</t>
   </si>
   <si>
-    <t>Дмитрий Вавринюк</t>
+    <t>Dmitriy Vavrinyuk</t>
   </si>
   <si>
     <t>41.33</t>
   </si>
   <si>
     <t>33.06</t>
   </si>
   <si>
-    <t>Александр Гутовский</t>
+    <t>Aleksandr Gutovskiy</t>
   </si>
   <si>
     <t>45.34</t>
   </si>
   <si>
     <t>42.52</t>
   </si>
   <si>
-    <t>Арсений Русецкий</t>
+    <t>Arseniy Rusetskiy</t>
   </si>
   <si>
     <t>48.40</t>
   </si>
   <si>
     <t>44.62</t>
   </si>
   <si>
-    <t>Божена Чапкович</t>
+    <t>Bozhena Chapkovich</t>
   </si>
   <si>
     <t>54.92</t>
   </si>
   <si>
     <t>35.53</t>
   </si>
   <si>
-    <t>Глеб Мельников</t>
+    <t>Gleb Melʹnikov</t>
   </si>
   <si>
     <t>59.09</t>
   </si>
   <si>
     <t>49.65</t>
   </si>
   <si>
-    <t>Иван Макитрук</t>
+    <t>Ivan Makitruk</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
     <t>53.47</t>
   </si>
   <si>
-    <t>Виктор Пойда</t>
+    <t>Viktor Poyda</t>
   </si>
   <si>
     <t>1:39.12</t>
   </si>
   <si>
     <t>1:22.99</t>
   </si>
   <si>
-    <t>Кира Хрусталёва</t>
+    <t>Kira Khrustalëva</t>
   </si>
   <si>
     <t>3:33.22</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1080,427 +1077,427 @@
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>68</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>71</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>74</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>77</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>80</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>83</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>86</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>92</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>95</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>98</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>101</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>104</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>107</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>110</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>113</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>116</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>119</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>122</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>125</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>128</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>131</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>134</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>