--- v2 (2026-03-03)
+++ v3 (2026-03-03)
@@ -17,459 +17,459 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Timofei Tarasenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>5.34</t>
   </si>
   <si>
     <t>4.58</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
     <t>6.60</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>9.10</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
     <t>8.35</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>11.03</t>
   </si>
   <si>
     <t>9.09</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>12.09</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
     <t>9.68</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
+    <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>12.90</t>
   </si>
   <si>
     <t>10.85</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>13.31</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
-    <t>Milan Pelevin</t>
+    <t>Милан Пелевин</t>
   </si>
   <si>
     <t>13.80</t>
   </si>
   <si>
     <t>11.77</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
-    <t>Yegor Gerasimenko</t>
+    <t>Егор Герасименко</t>
   </si>
   <si>
     <t>15.49</t>
   </si>
   <si>
     <t>11.94</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
-    <t>Dmitriy Lysakovskiy</t>
+    <t>Дмитрий Лысаковский</t>
   </si>
   <si>
     <t>16.19</t>
   </si>
   <si>
-    <t>Grigoriy Gerasimenko</t>
+    <t>Григорий Герасименко</t>
   </si>
   <si>
     <t>16.88</t>
   </si>
   <si>
     <t>15.14</t>
   </si>
   <si>
-    <t>Fëdor Korshunov</t>
+    <t>Фёдор Коршунов</t>
   </si>
   <si>
     <t>16.93</t>
   </si>
   <si>
     <t>13.39</t>
   </si>
   <si>
-    <t>Bogdan Bekzhanov</t>
+    <t>Богдан Бекжанов</t>
   </si>
   <si>
     <t>16.99</t>
   </si>
   <si>
     <t>13.72</t>
   </si>
   <si>
-    <t>Maksim Beliaev</t>
+    <t>Максим Беляев</t>
   </si>
   <si>
     <t>17.34</t>
   </si>
   <si>
     <t>13.82</t>
   </si>
   <si>
-    <t>Ivan Ledenev</t>
+    <t>Иван Леденев</t>
   </si>
   <si>
     <t>17.72</t>
   </si>
   <si>
     <t>16.72</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>18.14</t>
   </si>
   <si>
     <t>15.09</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>18.23</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
-    <t>Andrey Zastolbin</t>
+    <t>Андрей Застолбин</t>
   </si>
   <si>
     <t>18.82</t>
   </si>
   <si>
     <t>16.01</t>
   </si>
   <si>
-    <t>Kristian Snezhin</t>
+    <t>Кристиан Снежин</t>
   </si>
   <si>
     <t>19.57</t>
   </si>
   <si>
     <t>14.95</t>
   </si>
   <si>
-    <t>Alexey Gundin</t>
+    <t>Алексей Гундин</t>
   </si>
   <si>
     <t>20.27</t>
   </si>
   <si>
     <t>14.14</t>
   </si>
   <si>
-    <t>Andrey Sokolov</t>
+    <t>Андрей Соколов</t>
   </si>
   <si>
     <t>23.81</t>
   </si>
   <si>
     <t>18.77</t>
   </si>
   <si>
-    <t>Filipp Chumakov</t>
+    <t>Филипп Чумаков</t>
   </si>
   <si>
     <t>25.09</t>
   </si>
   <si>
     <t>23.60</t>
   </si>
   <si>
-    <t>Andrey Gerasimov</t>
+    <t>Андрей Герасимов</t>
   </si>
   <si>
     <t>25.48</t>
   </si>
   <si>
     <t>21.16</t>
   </si>
   <si>
-    <t>Pavel Nosov</t>
+    <t>Павел Носов</t>
   </si>
   <si>
     <t>28.61</t>
   </si>
   <si>
     <t>25.30</t>
   </si>
   <si>
-    <t>Nikita Zolin</t>
+    <t>Никита Золин</t>
   </si>
   <si>
     <t>30.54</t>
   </si>
   <si>
     <t>25.93</t>
   </si>
   <si>
-    <t>Vladimir Kushnir</t>
+    <t>Владимир Кушнир</t>
   </si>
   <si>
     <t>31.77</t>
   </si>
   <si>
     <t>27.42</t>
   </si>
   <si>
-    <t>Natalya Soboleva</t>
+    <t>Наталья Соболева</t>
   </si>
   <si>
     <t>32.07</t>
   </si>
   <si>
     <t>25.41</t>
   </si>
   <si>
-    <t>Maksim Nikonov</t>
+    <t>Максим Никонов</t>
   </si>
   <si>
     <t>34.92</t>
   </si>
   <si>
     <t>25.82</t>
   </si>
   <si>
-    <t>David Chʹye</t>
+    <t>Давид Чье</t>
   </si>
   <si>
     <t>36.91</t>
   </si>
   <si>
     <t>30.80</t>
   </si>
   <si>
-    <t>Dmitriy Vavrinyuk</t>
+    <t>Дмитрий Вавринюк</t>
   </si>
   <si>
     <t>41.33</t>
   </si>
   <si>
     <t>33.06</t>
   </si>
   <si>
-    <t>Aleksandr Gutovskiy</t>
+    <t>Александр Гутовский</t>
   </si>
   <si>
     <t>45.34</t>
   </si>
   <si>
     <t>42.52</t>
   </si>
   <si>
-    <t>Arseniy Rusetskiy</t>
+    <t>Арсений Русецкий</t>
   </si>
   <si>
     <t>48.40</t>
   </si>
   <si>
     <t>44.62</t>
   </si>
   <si>
-    <t>Bozhena Chapkovich</t>
+    <t>Божена Чапкович</t>
   </si>
   <si>
     <t>54.92</t>
   </si>
   <si>
     <t>35.53</t>
   </si>
   <si>
-    <t>Gleb Melʹnikov</t>
+    <t>Глеб Мельников</t>
   </si>
   <si>
     <t>59.09</t>
   </si>
   <si>
     <t>49.65</t>
   </si>
   <si>
-    <t>Ivan Makitruk</t>
+    <t>Иван Макитрук</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
     <t>53.47</t>
   </si>
   <si>
-    <t>Viktor Poyda</t>
+    <t>Виктор Пойда</t>
   </si>
   <si>
     <t>1:39.12</t>
   </si>
   <si>
     <t>1:22.99</t>
   </si>
   <si>
-    <t>Kira Khrustalëva</t>
+    <t>Кира Хрусталёва</t>
   </si>
   <si>
     <t>3:33.22</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>