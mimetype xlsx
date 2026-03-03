--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -32,107 +32,107 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>10.54</t>
   </si>
   <si>
-    <t>7.88</t>
+    <t>8.69</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
-    <t>11.27</t>
+    <t>10.77</t>
   </si>
   <si>
     <t>9.42</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>18.22</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
-    <t>20.47</t>
+    <t>19.67</t>
   </si>
   <si>
     <t>14.35</t>
   </si>
   <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>23.80</t>
+  </si>
+  <si>
+    <t>19.24</t>
+  </si>
+  <si>
     <t>Анастасия Регонен</t>
   </si>
   <si>
-    <t>23.38</t>
+    <t>24.60</t>
   </si>
   <si>
     <t>19.56</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
-[...7 lines deleted...]
-  <si>
     <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>27.09</t>
   </si>
   <si>
     <t>20.70</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
     <t>Милан Пелевин</t>
   </si>
   <si>
     <t>29.51</t>
   </si>
   <si>
     <t>20.18</t>
@@ -140,87 +140,87 @@
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
-    <t>27.45</t>
+    <t>28.23</t>
   </si>
   <si>
     <t>Егор Герасименко</t>
   </si>
   <si>
     <t>35.60</t>
   </si>
   <si>
     <t>28.14</t>
   </si>
   <si>
     <t>Иван Леденев</t>
   </si>
   <si>
     <t>44.19</t>
   </si>
   <si>
     <t>35.00</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
-    <t>51.53</t>
-[...2 lines deleted...]
-    <t>39.74</t>
+    <t>50.37</t>
+  </si>
+  <si>
+    <t>42.66</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>1:01.64</t>
-[...2 lines deleted...]
-    <t>43.61</t>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
   </si>
   <si>
     <t>Григорий Герасименко</t>
   </si>
   <si>
     <t>1:04.14</t>
   </si>
   <si>
     <t>48.48</t>
   </si>
   <si>
     <t>Андрей Соколов</t>
   </si>
   <si>
     <t>1:09.15</t>
   </si>
   <si>
     <t>45.40</t>
   </si>
   <si>
     <t>Павел Носов</t>
   </si>
   <si>
     <t>2:06.27</t>
   </si>