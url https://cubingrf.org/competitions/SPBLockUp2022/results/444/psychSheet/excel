--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -65,81 +65,81 @@
   <si>
     <t>24.50</t>
   </si>
   <si>
     <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
     <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
     <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
-    <t>44.84</t>
-[...2 lines deleted...]
-    <t>37.15</t>
+    <t>43.91</t>
+  </si>
+  <si>
+    <t>34.00</t>
   </si>
   <si>
     <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
     <t>Leonid Tarasenko</t>
   </si>
   <si>
     <t>47.94</t>
   </si>
   <si>
     <t>45.12</t>
   </si>
   <si>
     <t>Olga Yasakova</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
+    <t>42.85</t>
   </si>
   <si>
     <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
     <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>55.97</t>
   </si>
   <si>
     <t>47.69</t>
   </si>
   <si>
     <t>Georgii Avetikov</t>
   </si>
   <si>
     <t>59.22</t>
   </si>