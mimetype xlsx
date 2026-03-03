--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,125 +12,125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Timofei Tarasenko</t>
   </si>
   <si>
-    <t>20.14</t>
-[...2 lines deleted...]
-    <t>16.95</t>
+    <t>22.28</t>
+  </si>
+  <si>
+    <t>19.19</t>
   </si>
   <si>
     <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
     <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
     <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
     <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>43.91</t>
   </si>
   <si>
     <t>34.00</t>
   </si>
   <si>
     <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
     <t>Leonid Tarasenko</t>
   </si>
   <si>
-    <t>47.94</t>
-[...2 lines deleted...]
-    <t>45.12</t>
+    <t>51.41</t>
+  </si>
+  <si>
+    <t>48.66</t>
   </si>
   <si>
     <t>Olga Yasakova</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
     <t>42.85</t>
   </si>
   <si>
     <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
     <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>55.97</t>
   </si>
@@ -152,126 +152,129 @@
   <si>
     <t>59.59</t>
   </si>
   <si>
     <t>50.81</t>
   </si>
   <si>
     <t>Anastasia Gubanova</t>
   </si>
   <si>
     <t>1:03.92</t>
   </si>
   <si>
     <t>54.37</t>
   </si>
   <si>
     <t>Yegor Gerasimenko</t>
   </si>
   <si>
     <t>1:03.98</t>
   </si>
   <si>
     <t>53.69</t>
   </si>
   <si>
+    <t>Gabriella Ivakhnitskaya</t>
+  </si>
+  <si>
+    <t>1:07.08</t>
+  </si>
+  <si>
+    <t>56.26</t>
+  </si>
+  <si>
     <t>Vyacheslav Sizov</t>
   </si>
   <si>
-    <t>1:05.64</t>
+    <t>1:07.75</t>
   </si>
   <si>
     <t>55.47</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
-[...7 lines deleted...]
-  <si>
     <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>1:08.62</t>
   </si>
   <si>
     <t>1:04.92</t>
   </si>
   <si>
     <t>Ivan Ledenev</t>
   </si>
   <si>
     <t>1:14.58</t>
   </si>
   <si>
     <t>1:11.69</t>
   </si>
   <si>
     <t>Diana Murnik</t>
   </si>
   <si>
-    <t>1:36.15</t>
-[...2 lines deleted...]
-    <t>1:27.44</t>
+    <t>1:25.72</t>
+  </si>
+  <si>
+    <t>1:23.36</t>
+  </si>
+  <si>
+    <t>Bogdan Bekzhanov</t>
+  </si>
+  <si>
+    <t>1:30.41</t>
+  </si>
+  <si>
+    <t>1:19.41</t>
   </si>
   <si>
     <t>Andrey Zastolbin</t>
   </si>
   <si>
     <t>2:00.36</t>
   </si>
   <si>
     <t>1:42.37</t>
   </si>
   <si>
     <t>Natalya Soboleva</t>
   </si>
   <si>
     <t>2:10.28</t>
   </si>
   <si>
     <t>1:43.00</t>
   </si>
   <si>
     <t>Andrey Sokolov</t>
   </si>
   <si>
     <t>2:11.42</t>
   </si>
   <si>
     <t>1:55.97</t>
-  </si>
-[...4 lines deleted...]
-    <t>1:31.85</t>
   </si>
   <si>
     <t>Dmitriy Lysakovskiy</t>
   </si>
   <si>
     <t>2:19.04</t>
   </si>
   <si>
     <t>Pavel Nosov</t>
   </si>
   <si>
     <t>3:46.33</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -940,77 +943,79 @@
       <c r="D22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D23" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1"/>
+      <c r="C24" s="1" t="s">
+        <v>71</v>
+      </c>
       <c r="D24" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>