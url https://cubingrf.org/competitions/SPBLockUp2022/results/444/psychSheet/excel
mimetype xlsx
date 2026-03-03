--- v2 (2026-03-03)
+++ v3 (2026-03-03)
@@ -17,273 +17,273 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Timofei Tarasenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>22.28</t>
   </si>
   <si>
     <t>19.19</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>43.91</t>
   </si>
   <si>
     <t>34.00</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
+    <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>51.41</t>
   </si>
   <si>
     <t>48.66</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
     <t>42.85</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>55.97</t>
   </si>
   <si>
     <t>47.69</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>59.22</t>
   </si>
   <si>
     <t>52.20</t>
   </si>
   <si>
-    <t>Maksim Beliaev</t>
+    <t>Максим Беляев</t>
   </si>
   <si>
     <t>59.59</t>
   </si>
   <si>
     <t>50.81</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>1:03.92</t>
   </si>
   <si>
     <t>54.37</t>
   </si>
   <si>
-    <t>Yegor Gerasimenko</t>
+    <t>Егор Герасименко</t>
   </si>
   <si>
     <t>1:03.98</t>
   </si>
   <si>
     <t>53.69</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:07.08</t>
   </si>
   <si>
     <t>56.26</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>1:07.75</t>
   </si>
   <si>
     <t>55.47</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>1:08.62</t>
   </si>
   <si>
     <t>1:04.92</t>
   </si>
   <si>
-    <t>Ivan Ledenev</t>
+    <t>Иван Леденев</t>
   </si>
   <si>
     <t>1:14.58</t>
   </si>
   <si>
     <t>1:11.69</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>1:25.72</t>
   </si>
   <si>
     <t>1:23.36</t>
   </si>
   <si>
-    <t>Bogdan Bekzhanov</t>
+    <t>Богдан Бекжанов</t>
   </si>
   <si>
     <t>1:30.41</t>
   </si>
   <si>
     <t>1:19.41</t>
   </si>
   <si>
-    <t>Andrey Zastolbin</t>
+    <t>Андрей Застолбин</t>
   </si>
   <si>
     <t>2:00.36</t>
   </si>
   <si>
     <t>1:42.37</t>
   </si>
   <si>
-    <t>Natalya Soboleva</t>
+    <t>Наталья Соболева</t>
   </si>
   <si>
     <t>2:10.28</t>
   </si>
   <si>
     <t>1:43.00</t>
   </si>
   <si>
-    <t>Andrey Sokolov</t>
+    <t>Андрей Соколов</t>
   </si>
   <si>
     <t>2:11.42</t>
   </si>
   <si>
     <t>1:55.97</t>
   </si>
   <si>
-    <t>Dmitriy Lysakovskiy</t>
+    <t>Дмитрий Лысаковский</t>
   </si>
   <si>
     <t>2:19.04</t>
   </si>
   <si>
-    <t>Pavel Nosov</t>
+    <t>Павел Носов</t>
   </si>
   <si>
     <t>3:46.33</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>