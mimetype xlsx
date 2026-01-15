--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,219 +17,219 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...11 lines deleted...]
-    <t>2.56</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Ekaterina Kaneva</t>
+  </si>
+  <si>
+    <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
+    <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
-    <t>Тимофей Тарасенко</t>
+    <t>Timofei Tarasenko</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
     <t>1.85</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>3.97</t>
   </si>
   <si>
     <t>2.36</t>
   </si>
   <si>
-    <t>Георгий Аветиков</t>
+    <t>Georgii Avetikov</t>
   </si>
   <si>
     <t>4.65</t>
   </si>
   <si>
     <t>3.33</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>3.45</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>7.02</t>
   </si>
   <si>
     <t>3.73</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>7.04</t>
   </si>
   <si>
     <t>4.63</t>
   </si>
   <si>
-    <t>Иван Леденев</t>
+    <t>Ivan Ledenev</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
     <t>5.31</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>7.13</t>
   </si>
   <si>
     <t>4.04</t>
   </si>
   <si>
-    <t>Максим Беляев</t>
+    <t>Maksim Beliaev</t>
   </si>
   <si>
     <t>8.11</t>
   </si>
   <si>
     <t>5.99</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
+    <t>Olga Yasakova</t>
   </si>
   <si>
     <t>11.37</t>
   </si>
   <si>
-    <t>Владимир Кушнир</t>
+    <t>Vladimir Kushnir</t>
   </si>
   <si>
     <t>11.44</t>
   </si>
   <si>
     <t>7.55</t>
   </si>
   <si>
-    <t>Дарья Пойда</t>
+    <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>11.51</t>
   </si>
   <si>
     <t>5.47</t>
   </si>
   <si>
-    <t>Богдан Бекжанов</t>
+    <t>Bogdan Bekzhanov</t>
   </si>
   <si>
     <t>11.79</t>
   </si>
   <si>
     <t>8.88</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
+    <t>Diana Murnik</t>
   </si>
   <si>
     <t>11.98</t>
   </si>
   <si>
     <t>8.33</t>
   </si>
   <si>
-    <t>Анастасия Регонен</t>
+    <t>Anastasia Gubanova</t>
   </si>
   <si>
     <t>13.45</t>
   </si>
   <si>
     <t>9.26</t>
   </si>
   <si>
-    <t>Павел Носов</t>
+    <t>Pavel Nosov</t>
   </si>
   <si>
     <t>38.10</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -560,51 +560,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C20" sqref="C20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>