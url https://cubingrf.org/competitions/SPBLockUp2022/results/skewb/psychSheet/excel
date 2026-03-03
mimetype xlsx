--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,219 +17,219 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Ekaterina Kaneva</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
-    <t>Timofei Tarasenko</t>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
-    <t>1.85</t>
-[...2 lines deleted...]
-    <t>Aleksandra Lukianova</t>
+    <t>2.51</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>3.97</t>
   </si>
   <si>
     <t>2.36</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>4.65</t>
   </si>
   <si>
     <t>3.33</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>3.45</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
-[...8 lines deleted...]
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>7.04</t>
   </si>
   <si>
     <t>4.63</t>
   </si>
   <si>
-    <t>Ivan Ledenev</t>
+    <t>Иван Леденев</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
     <t>5.31</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>7.13</t>
   </si>
   <si>
     <t>4.04</t>
   </si>
   <si>
-    <t>Maksim Beliaev</t>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>7.81</t>
+  </si>
+  <si>
+    <t>5.27</t>
+  </si>
+  <si>
+    <t>Максим Беляев</t>
   </si>
   <si>
     <t>8.11</t>
   </si>
   <si>
     <t>5.99</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...5 lines deleted...]
-    <t>Vladimir Kushnir</t>
+    <t>Владимир Кушнир</t>
   </si>
   <si>
     <t>11.44</t>
   </si>
   <si>
     <t>7.55</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>11.51</t>
   </si>
   <si>
     <t>5.47</t>
   </si>
   <si>
-    <t>Bogdan Bekzhanov</t>
+    <t>Богдан Бекжанов</t>
   </si>
   <si>
     <t>11.79</t>
   </si>
   <si>
     <t>8.88</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>11.98</t>
   </si>
   <si>
     <t>8.33</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
-[...8 lines deleted...]
-    <t>Pavel Nosov</t>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>13.16</t>
+  </si>
+  <si>
+    <t>Анастасия Регонен</t>
+  </si>
+  <si>
+    <t>20.18</t>
+  </si>
+  <si>
+    <t>11.30</t>
+  </si>
+  <si>
+    <t>Павел Носов</t>
   </si>
   <si>
     <t>38.10</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -560,51 +560,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C20" sqref="C20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -756,107 +756,107 @@
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>58</v>