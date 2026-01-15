--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,887 +12,884 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>27.95</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>27.57</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>29.37</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>29.49</t>
   </si>
   <si>
     <t>26.24</t>
   </si>
   <si>
-    <t>Dmitry Zvyagintsev</t>
+    <t>Дмитрий Звягинцев</t>
   </si>
   <si>
     <t>32.60</t>
   </si>
   <si>
     <t>29.10</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>33.07</t>
   </si>
   <si>
     <t>25.55</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>33.15</t>
   </si>
   <si>
     <t>28.52</t>
   </si>
   <si>
-    <t>Farid Mikhaylov</t>
+    <t>Фарид Михайлов</t>
   </si>
   <si>
     <t>33.48</t>
   </si>
   <si>
     <t>27.25</t>
   </si>
   <si>
-    <t>Pavel Galaktionov</t>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>33.52</t>
+  </si>
+  <si>
+    <t>29.38</t>
+  </si>
+  <si>
+    <t>Павел Галактионов</t>
   </si>
   <si>
     <t>34.18</t>
   </si>
   <si>
     <t>29.54</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
+    <t>Максим Аммосов</t>
   </si>
   <si>
     <t>34.86</t>
   </si>
   <si>
     <t>29.08</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>35.88</t>
   </si>
   <si>
     <t>27.83</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>36.25</t>
   </si>
   <si>
     <t>28.27</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
-[...8 lines deleted...]
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>36.89</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>37.52</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>37.72</t>
   </si>
   <si>
     <t>30.69</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>37.77</t>
   </si>
   <si>
-    <t>Mikhail Nikolayev</t>
+    <t>Михаил Николаев</t>
   </si>
   <si>
     <t>37.89</t>
   </si>
   <si>
     <t>31.79</t>
   </si>
   <si>
-    <t>Mikhail Kuzin</t>
+    <t>Михаил Кузин</t>
   </si>
   <si>
     <t>38.19</t>
   </si>
   <si>
     <t>32.89</t>
   </si>
   <si>
-    <t>Mikhail Kalashnikov</t>
+    <t>Михаил Калашников</t>
   </si>
   <si>
     <t>38.60</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>34.36</t>
   </si>
   <si>
-    <t>Ian Gorev</t>
+    <t>Ян Горев</t>
   </si>
   <si>
     <t>39.03</t>
   </si>
   <si>
     <t>36.66</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>39.63</t>
   </si>
   <si>
     <t>34.64</t>
   </si>
   <si>
-    <t>Dmitriy Shevchenko</t>
+    <t>Дмитрий Шевченко</t>
   </si>
   <si>
     <t>40.28</t>
   </si>
   <si>
     <t>35.02</t>
   </si>
   <si>
-    <t>Dmitrii Saukov</t>
+    <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>40.49</t>
   </si>
   <si>
     <t>31.58</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>40.77</t>
   </si>
   <si>
     <t>35.30</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>40.82</t>
   </si>
   <si>
     <t>33.02</t>
   </si>
   <si>
-    <t>Aleksandr Beznogov</t>
+    <t>Александр Безногов</t>
   </si>
   <si>
     <t>41.69</t>
   </si>
   <si>
     <t>37.97</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>42.34</t>
   </si>
   <si>
     <t>36.49</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>42.87</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>36.85</t>
   </si>
   <si>
-    <t>Mstislav Slabinskiy</t>
+    <t>Мстислав Слабинский</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>37.59</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>44.07</t>
   </si>
   <si>
     <t>41.93</t>
   </si>
   <si>
-    <t>Stanislav Svistun</t>
+    <t>Станислав Свистун</t>
   </si>
   <si>
     <t>44.57</t>
   </si>
   <si>
     <t>37.75</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Степан Матвеев</t>
+  </si>
+  <si>
+    <t>45.54</t>
+  </si>
+  <si>
+    <t>38.79</t>
+  </si>
+  <si>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>45.62</t>
   </si>
   <si>
     <t>39.27</t>
   </si>
   <si>
-    <t>Mikhail Gavrilov</t>
+    <t>Михаил Гаврилов</t>
   </si>
   <si>
     <t>45.83</t>
   </si>
   <si>
     <t>41.31</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
-    <t>Andrey Koposov</t>
+    <t>Андрей Копосов</t>
   </si>
   <si>
     <t>47.14</t>
   </si>
   <si>
     <t>39.73</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
-[...2 lines deleted...]
-    <t>47.21</t>
+    <t>Георгий Исанов</t>
   </si>
   <si>
     <t>42.02</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>48.24</t>
   </si>
   <si>
     <t>42.65</t>
   </si>
   <si>
-    <t>Dmitriy Suslov</t>
+    <t>Дмитрий Суслов</t>
   </si>
   <si>
     <t>48.55</t>
   </si>
   <si>
     <t>44.80</t>
   </si>
   <si>
-    <t>Petr Bukharov</t>
+    <t>Петр Бухаров</t>
   </si>
   <si>
     <t>48.68</t>
   </si>
   <si>
     <t>41.06</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
-[...8 lines deleted...]
-    <t>Vladimir Lebedev</t>
+    <t>Владимир Лебедев</t>
   </si>
   <si>
     <t>51.52</t>
   </si>
   <si>
     <t>44.23</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
-[...2 lines deleted...]
-    <t>Ivan Sidorenko</t>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>53.05</t>
   </si>
   <si>
     <t>43.67</t>
   </si>
   <si>
-    <t>Gleb Batenin</t>
+    <t>Глеб Батенин</t>
   </si>
   <si>
     <t>53.24</t>
   </si>
   <si>
     <t>47.64</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>53.84</t>
+  </si>
+  <si>
+    <t>43.89</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>54.46</t>
   </si>
   <si>
     <t>47.68</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
-[...8 lines deleted...]
-    <t>Aleksei Ushachev</t>
+    <t>Алексей Ушачев</t>
   </si>
   <si>
     <t>55.89</t>
   </si>
   <si>
     <t>48.73</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>55.97</t>
   </si>
   <si>
     <t>47.69</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>56.59</t>
   </si>
   <si>
     <t>49.27</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>57.13</t>
   </si>
   <si>
     <t>44.89</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>1:00.63</t>
   </si>
   <si>
     <t>56.38</t>
   </si>
   <si>
-    <t>Fyodor Vasilyev</t>
+    <t>Федор Васильев</t>
   </si>
   <si>
     <t>1:01.31</t>
   </si>
   <si>
     <t>49.15</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>1:03.92</t>
   </si>
   <si>
     <t>54.37</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>1:05.64</t>
   </si>
   <si>
     <t>55.47</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:07.08</t>
   </si>
   <si>
     <t>56.26</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>1:08.62</t>
   </si>
   <si>
     <t>1:04.92</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>1:11.16</t>
   </si>
   <si>
     <t>1:02.66</t>
   </si>
   <si>
-    <t>Yevsey Ionush</t>
+    <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>1:11.35</t>
   </si>
   <si>
     <t>1:02.88</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>1:12.18</t>
   </si>
   <si>
     <t>1:02.54</t>
   </si>
   <si>
-    <t>Milan Pelevin</t>
+    <t>Милан Пелевин</t>
   </si>
   <si>
     <t>1:14.14</t>
   </si>
   <si>
     <t>1:08.37</t>
   </si>
   <si>
-    <t>Vasiliy Pisʹmarev</t>
+    <t>Василий Письмарев</t>
   </si>
   <si>
     <t>1:17.93</t>
   </si>
   <si>
     <t>1:09.90</t>
   </si>
   <si>
-    <t>Grigoriy Freydin</t>
+    <t>Григорий Фрейдин</t>
   </si>
   <si>
     <t>1:21.08</t>
   </si>
   <si>
     <t>1:12.09</t>
   </si>
   <si>
-    <t>Nikita Kuznetsov</t>
+    <t>Никита Кузнецов</t>
   </si>
   <si>
     <t>1:21.72</t>
   </si>
   <si>
     <t>1:09.65</t>
   </si>
   <si>
-    <t>Bogdan Kashin</t>
+    <t>Богдан Кашин</t>
   </si>
   <si>
     <t>1:29.09</t>
   </si>
   <si>
     <t>1:05.37</t>
   </si>
   <si>
-    <t>Roman Zelenskiy</t>
+    <t>Роман Зеленский</t>
   </si>
   <si>
     <t>1:30.32</t>
   </si>
   <si>
     <t>1:16.36</t>
   </si>
   <si>
-    <t>Artëm Senkevich</t>
+    <t>Артём Сенкевич</t>
   </si>
   <si>
     <t>1:35.86</t>
   </si>
   <si>
     <t>1:16.21</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>1:36.15</t>
   </si>
   <si>
     <t>1:27.44</t>
   </si>
   <si>
-    <t>Andrey Krylov</t>
+    <t>Андрей Крылов</t>
   </si>
   <si>
     <t>1:42.82</t>
   </si>
   <si>
     <t>1:17.33</t>
   </si>
   <si>
-    <t>Ian Belevich</t>
+    <t>Ян Белевич</t>
   </si>
   <si>
     <t>1:47.75</t>
   </si>
   <si>
     <t>1:23.09</t>
   </si>
   <si>
-    <t>Mark Miruk</t>
+    <t>Марк Мирук</t>
   </si>
   <si>
     <t>1:52.47</t>
   </si>
   <si>
     <t>1:33.19</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>2:02.33</t>
   </si>
   <si>
     <t>1:40.32</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>2:08.89</t>
   </si>
   <si>
     <t>1:42.36</t>
   </si>
   <si>
-    <t>Andrey Sokolov</t>
+    <t>Андрей Соколов</t>
   </si>
   <si>
     <t>2:11.42</t>
   </si>
   <si>
     <t>1:55.97</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>2:15.33</t>
   </si>
   <si>
     <t>1:28.14</t>
   </si>
   <si>
-    <t>Ilia Tretiakov</t>
+    <t>Илья Третьяков</t>
   </si>
   <si>
     <t>1:24.26</t>
   </si>
   <si>
-    <t>Alexey Gundin</t>
+    <t>Алексей Гундин</t>
   </si>
   <si>
     <t>1:32.97</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
+    <t>Александр Говорков</t>
   </si>
   <si>
     <t>1:46.69</t>
   </si>
   <si>
-    <t>Daniil Krylov</t>
+    <t>Даниил Крылов</t>
   </si>
   <si>
     <t>1:47.59</t>
   </si>
   <si>
-    <t>Amin Ashour</t>
+    <t>Амин Ашоур</t>
   </si>
   <si>
     <t>1:58.25</t>
   </si>
   <si>
-    <t>Iaroslav Bakhturin</t>
+    <t>Ярослав Бахтурин</t>
   </si>
   <si>
     <t>1:59.42</t>
   </si>
   <si>
-    <t>Natalia Piagai</t>
+    <t>Наталья Пягай</t>
   </si>
   <si>
     <t>2:05.88</t>
   </si>
   <si>
-    <t>Andrey Sevastʹyanov</t>
+    <t>Андрей Севастьянов</t>
   </si>
   <si>
     <t>2:10.29</t>
   </si>
   <si>
-    <t>Ivan Novikov</t>
+    <t>Иван Новиков</t>
   </si>
   <si>
     <t>2:14.55</t>
   </si>
   <si>
-    <t>Karina Gerasimova</t>
+    <t>Карина Герасимова</t>
   </si>
   <si>
     <t>2:24.38</t>
   </si>
   <si>
-    <t>Aleksandr Savchenko</t>
+    <t>Александр Савченко</t>
   </si>
   <si>
     <t>2:51.48</t>
   </si>
   <si>
-    <t>Aleksey Dubik</t>
-[...32 lines deleted...]
-    <t>Timofey Mozharovskiy</t>
+    <t>Алексей Дубик</t>
+  </si>
+  <si>
+    <t>Андрей Добкес</t>
+  </si>
+  <si>
+    <t>Артемий Савченко</t>
+  </si>
+  <si>
+    <t>Владимир Кушнир</t>
+  </si>
+  <si>
+    <t>Денис Чечулин</t>
+  </si>
+  <si>
+    <t>Иван Горелов</t>
+  </si>
+  <si>
+    <t>Иван Фомичев</t>
+  </si>
+  <si>
+    <t>Михаил Трубенок</t>
+  </si>
+  <si>
+    <t>Никита Карпов</t>
+  </si>
+  <si>
+    <t>Николай Обухов</t>
+  </si>
+  <si>
+    <t>Серафим Данилов</t>
+  </si>
+  <si>
+    <t>Тимофей Можаровский</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1525,51 +1522,51 @@
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D23" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>69</v>
@@ -1816,803 +1813,803 @@
         <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>122</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>123</v>
       </c>
       <c r="D42" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>125</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D43" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>127</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>130</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>133</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>136</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>139</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>142</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>145</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>148</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>151</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>154</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>157</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>160</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>163</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>166</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>169</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="D58" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>172</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>175</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>178</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="D61" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>181</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>184</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D63" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>187</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D64" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>190</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D65" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>193</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="D66" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>196</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D67" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
+        <v>199</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="D68" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>202</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="D69" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>205</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="D70" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>208</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="D71" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>211</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="D72" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>214</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="D73" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>217</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
+        <v>220</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="D75" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>223</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="D76" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>226</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="D77" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>229</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="D78" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
+        <v>232</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="D79" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
+        <v>235</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="D80" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>238</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="D81" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>241</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="D82" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C91" s="1"/>
       <c r="D91" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="B94" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="C94" s="1"/>
     </row>
     <row r="95" spans="1:4">
       <c r="B95" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="C95" s="1"/>
     </row>
     <row r="96" spans="1:4">
       <c r="B96" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="C96" s="1"/>
     </row>
     <row r="97" spans="1:4">
       <c r="B97" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C97" s="1"/>
     </row>
     <row r="98" spans="1:4">
       <c r="B98" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="C98" s="1"/>
     </row>
     <row r="99" spans="1:4">
       <c r="B99" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C99" s="1"/>
     </row>
     <row r="100" spans="1:4">
       <c r="B100" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="C100" s="1"/>
     </row>
     <row r="101" spans="1:4">
       <c r="B101" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="C101" s="1"/>
     </row>
     <row r="102" spans="1:4">
       <c r="B102" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="C102" s="1"/>
     </row>
     <row r="103" spans="1:4">
       <c r="B103" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C103" s="1"/>
     </row>
     <row r="104" spans="1:4">
       <c r="B104" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="C104" s="1"/>
     </row>
     <row r="105" spans="1:4">
       <c r="B105" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="C105" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>