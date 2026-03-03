--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,869 +12,860 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.57</t>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>27.77</t>
+  </si>
+  <si>
+    <t>24.07</t>
+  </si>
+  <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>29.49</t>
   </si>
   <si>
     <t>26.24</t>
   </si>
   <si>
+    <t>Вячеслав Кочергин</t>
+  </si>
+  <si>
+    <t>33.07</t>
+  </si>
+  <si>
+    <t>25.55</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
+  </si>
+  <si>
+    <t>33.11</t>
+  </si>
+  <si>
+    <t>29.33</t>
+  </si>
+  <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>33.52</t>
+  </si>
+  <si>
+    <t>29.38</t>
+  </si>
+  <si>
+    <t>Дмитрий Добряков</t>
+  </si>
+  <si>
+    <t>33.77</t>
+  </si>
+  <si>
+    <t>29.03</t>
+  </si>
+  <si>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>34.39</t>
+  </si>
+  <si>
+    <t>29.08</t>
+  </si>
+  <si>
     <t>Дмитрий Звягинцев</t>
   </si>
   <si>
-    <t>32.60</t>
-[...29 lines deleted...]
-    <t>28.52</t>
+    <t>34.49</t>
+  </si>
+  <si>
+    <t>32.15</t>
+  </si>
+  <si>
+    <t>Павел Галактионов</t>
+  </si>
+  <si>
+    <t>34.59</t>
+  </si>
+  <si>
+    <t>29.54</t>
+  </si>
+  <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>35.27</t>
+  </si>
+  <si>
+    <t>33.55</t>
+  </si>
+  <si>
+    <t>Дмитрий Душейко</t>
+  </si>
+  <si>
+    <t>35.88</t>
+  </si>
+  <si>
+    <t>27.83</t>
+  </si>
+  <si>
+    <t>Никита Малыхин</t>
+  </si>
+  <si>
+    <t>36.25</t>
+  </si>
+  <si>
+    <t>28.27</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
+  </si>
+  <si>
+    <t>36.89</t>
+  </si>
+  <si>
+    <t>30.19</t>
   </si>
   <si>
     <t>Фарид Михайлов</t>
   </si>
   <si>
-    <t>33.48</t>
-[...56 lines deleted...]
-    <t>30.19</t>
+    <t>37.17</t>
+  </si>
+  <si>
+    <t>31.20</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>37.52</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>37.72</t>
   </si>
   <si>
     <t>30.69</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
-[...4 lines deleted...]
-  <si>
     <t>Михаил Николаев</t>
   </si>
   <si>
     <t>37.89</t>
   </si>
   <si>
     <t>31.79</t>
   </si>
   <si>
+    <t>Михаил Калашников</t>
+  </si>
+  <si>
+    <t>38.60</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>39.02</t>
+  </si>
+  <si>
+    <t>34.36</t>
+  </si>
+  <si>
+    <t>Ян Горев</t>
+  </si>
+  <si>
+    <t>39.03</t>
+  </si>
+  <si>
+    <t>36.66</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>39.63</t>
+  </si>
+  <si>
+    <t>32.89</t>
+  </si>
+  <si>
     <t>Михаил Кузин</t>
   </si>
   <si>
-    <t>38.19</t>
-[...35 lines deleted...]
-    <t>34.64</t>
+    <t>39.91</t>
   </si>
   <si>
     <t>Дмитрий Шевченко</t>
   </si>
   <si>
     <t>40.28</t>
   </si>
   <si>
     <t>35.02</t>
   </si>
   <si>
     <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>40.49</t>
   </si>
   <si>
     <t>31.58</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>40.77</t>
   </si>
   <si>
     <t>35.30</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>40.82</t>
   </si>
   <si>
     <t>33.02</t>
   </si>
   <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>41.90</t>
+  </si>
+  <si>
+    <t>35.01</t>
+  </si>
+  <si>
+    <t>Андрей Маслов</t>
+  </si>
+  <si>
+    <t>42.34</t>
+  </si>
+  <si>
+    <t>36.49</t>
+  </si>
+  <si>
+    <t>Максим Козловский</t>
+  </si>
+  <si>
+    <t>43.34</t>
+  </si>
+  <si>
+    <t>36.85</t>
+  </si>
+  <si>
+    <t>Мстислав Слабинский</t>
+  </si>
+  <si>
+    <t>43.66</t>
+  </si>
+  <si>
+    <t>37.59</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>43.87</t>
+  </si>
+  <si>
+    <t>37.85</t>
+  </si>
+  <si>
+    <t>Максим Милосердов</t>
+  </si>
+  <si>
+    <t>44.07</t>
+  </si>
+  <si>
+    <t>38.49</t>
+  </si>
+  <si>
     <t>Александр Безногов</t>
   </si>
   <si>
-    <t>41.69</t>
+    <t>45.06</t>
   </si>
   <si>
     <t>37.97</t>
   </si>
   <si>
-    <t>Андрей Маслов</t>
-[...50 lines deleted...]
-    <t>41.93</t>
+    <t>Сергей Марьин</t>
+  </si>
+  <si>
+    <t>45.62</t>
+  </si>
+  <si>
+    <t>39.27</t>
+  </si>
+  <si>
+    <t>Дмитрий Суслов</t>
+  </si>
+  <si>
+    <t>45.88</t>
+  </si>
+  <si>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>46.04</t>
+  </si>
+  <si>
+    <t>39.41</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
+  </si>
+  <si>
+    <t>46.68</t>
+  </si>
+  <si>
+    <t>40.34</t>
+  </si>
+  <si>
+    <t>Андрей Копосов</t>
+  </si>
+  <si>
+    <t>47.14</t>
+  </si>
+  <si>
+    <t>39.73</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>48.24</t>
+  </si>
+  <si>
+    <t>42.65</t>
+  </si>
+  <si>
+    <t>Петр Бухаров</t>
+  </si>
+  <si>
+    <t>48.68</t>
+  </si>
+  <si>
+    <t>41.06</t>
+  </si>
+  <si>
+    <t>Владимир Лебедев</t>
+  </si>
+  <si>
+    <t>51.52</t>
+  </si>
+  <si>
+    <t>44.23</t>
+  </si>
+  <si>
+    <t>Матвей Тянутов</t>
+  </si>
+  <si>
+    <t>52.02</t>
+  </si>
+  <si>
+    <t>43.13</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>52.41</t>
+  </si>
+  <si>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>53.05</t>
+  </si>
+  <si>
+    <t>43.67</t>
+  </si>
+  <si>
+    <t>Глеб Батенин</t>
+  </si>
+  <si>
+    <t>53.24</t>
+  </si>
+  <si>
+    <t>47.64</t>
   </si>
   <si>
     <t>Станислав Свистун</t>
   </si>
   <si>
-    <t>44.57</t>
-[...2 lines deleted...]
-    <t>37.75</t>
+    <t>53.64</t>
+  </si>
+  <si>
+    <t>48.70</t>
   </si>
   <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>45.54</t>
-[...11 lines deleted...]
-    <t>39.27</t>
+    <t>53.73</t>
+  </si>
+  <si>
+    <t>49.32</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>53.84</t>
+  </si>
+  <si>
+    <t>43.89</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>54.40</t>
+  </si>
+  <si>
+    <t>48.45</t>
+  </si>
+  <si>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>54.48</t>
+  </si>
+  <si>
+    <t>47.68</t>
+  </si>
+  <si>
+    <t>Алексей Ушачев</t>
+  </si>
+  <si>
+    <t>55.89</t>
+  </si>
+  <si>
+    <t>48.73</t>
+  </si>
+  <si>
+    <t>Дарья Пойда</t>
+  </si>
+  <si>
+    <t>55.97</t>
+  </si>
+  <si>
+    <t>47.69</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>56.59</t>
+  </si>
+  <si>
+    <t>49.27</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
+  </si>
+  <si>
+    <t>57.40</t>
+  </si>
+  <si>
+    <t>44.89</t>
+  </si>
+  <si>
+    <t>Николай Одегов</t>
+  </si>
+  <si>
+    <t>1:00.63</t>
+  </si>
+  <si>
+    <t>56.38</t>
+  </si>
+  <si>
+    <t>Федор Васильев</t>
+  </si>
+  <si>
+    <t>1:01.31</t>
+  </si>
+  <si>
+    <t>49.15</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>1:02.91</t>
+  </si>
+  <si>
+    <t>1:00.45</t>
+  </si>
+  <si>
+    <t>Анастасия Регонен</t>
+  </si>
+  <si>
+    <t>1:03.92</t>
+  </si>
+  <si>
+    <t>54.37</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>1:07.08</t>
+  </si>
+  <si>
+    <t>56.26</t>
+  </si>
+  <si>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>1:07.75</t>
+  </si>
+  <si>
+    <t>55.47</t>
+  </si>
+  <si>
+    <t>Александр Катюков</t>
+  </si>
+  <si>
+    <t>1:08.62</t>
+  </si>
+  <si>
+    <t>1:04.92</t>
+  </si>
+  <si>
+    <t>Евсей Ионуш</t>
+  </si>
+  <si>
+    <t>1:11.35</t>
+  </si>
+  <si>
+    <t>1:02.88</t>
+  </si>
+  <si>
+    <t>Дмитрий Родин</t>
+  </si>
+  <si>
+    <t>1:12.18</t>
+  </si>
+  <si>
+    <t>1:02.54</t>
+  </si>
+  <si>
+    <t>Милан Пелевин</t>
+  </si>
+  <si>
+    <t>1:14.14</t>
+  </si>
+  <si>
+    <t>1:08.37</t>
+  </si>
+  <si>
+    <t>Василий Письмарев</t>
+  </si>
+  <si>
+    <t>1:17.93</t>
+  </si>
+  <si>
+    <t>1:09.90</t>
+  </si>
+  <si>
+    <t>Григорий Фрейдин</t>
+  </si>
+  <si>
+    <t>1:21.08</t>
+  </si>
+  <si>
+    <t>1:12.09</t>
+  </si>
+  <si>
+    <t>Никита Кузнецов</t>
+  </si>
+  <si>
+    <t>1:21.72</t>
+  </si>
+  <si>
+    <t>1:09.65</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>1:25.72</t>
+  </si>
+  <si>
+    <t>1:23.36</t>
+  </si>
+  <si>
+    <t>Роман Зеленский</t>
+  </si>
+  <si>
+    <t>1:30.32</t>
+  </si>
+  <si>
+    <t>1:16.36</t>
+  </si>
+  <si>
+    <t>Богдан Кашин</t>
+  </si>
+  <si>
+    <t>1:31.71</t>
+  </si>
+  <si>
+    <t>1:05.37</t>
+  </si>
+  <si>
+    <t>Артём Сенкевич</t>
+  </si>
+  <si>
+    <t>1:35.86</t>
+  </si>
+  <si>
+    <t>1:16.21</t>
+  </si>
+  <si>
+    <t>Андрей Крылов</t>
+  </si>
+  <si>
+    <t>1:42.82</t>
+  </si>
+  <si>
+    <t>1:17.33</t>
+  </si>
+  <si>
+    <t>Марк Мирук</t>
+  </si>
+  <si>
+    <t>1:52.47</t>
+  </si>
+  <si>
+    <t>1:33.19</t>
+  </si>
+  <si>
+    <t>Пётр Ануков</t>
+  </si>
+  <si>
+    <t>2:02.33</t>
+  </si>
+  <si>
+    <t>1:40.32</t>
+  </si>
+  <si>
+    <t>Егор Жогин</t>
+  </si>
+  <si>
+    <t>2:08.89</t>
+  </si>
+  <si>
+    <t>1:42.36</t>
+  </si>
+  <si>
+    <t>Андрей Соколов</t>
+  </si>
+  <si>
+    <t>2:11.42</t>
+  </si>
+  <si>
+    <t>1:55.97</t>
+  </si>
+  <si>
+    <t>Семен Авдеев</t>
+  </si>
+  <si>
+    <t>2:15.33</t>
+  </si>
+  <si>
+    <t>1:28.14</t>
+  </si>
+  <si>
+    <t>Ян Белевич</t>
+  </si>
+  <si>
+    <t>1:23.09</t>
+  </si>
+  <si>
+    <t>Илья Третьяков</t>
+  </si>
+  <si>
+    <t>1:24.26</t>
+  </si>
+  <si>
+    <t>Алексей Гундин</t>
+  </si>
+  <si>
+    <t>1:32.97</t>
+  </si>
+  <si>
+    <t>Александр Говорков</t>
+  </si>
+  <si>
+    <t>1:46.69</t>
+  </si>
+  <si>
+    <t>Даниил Крылов</t>
+  </si>
+  <si>
+    <t>1:47.59</t>
+  </si>
+  <si>
+    <t>Амин Ашоур</t>
+  </si>
+  <si>
+    <t>1:58.25</t>
+  </si>
+  <si>
+    <t>Ярослав Бахтурин</t>
+  </si>
+  <si>
+    <t>1:59.42</t>
+  </si>
+  <si>
+    <t>Наталья Пягай</t>
+  </si>
+  <si>
+    <t>2:05.88</t>
+  </si>
+  <si>
+    <t>Андрей Севастьянов</t>
+  </si>
+  <si>
+    <t>2:10.29</t>
+  </si>
+  <si>
+    <t>Иван Новиков</t>
+  </si>
+  <si>
+    <t>2:14.55</t>
+  </si>
+  <si>
+    <t>Карина Герасимова</t>
+  </si>
+  <si>
+    <t>2:24.38</t>
+  </si>
+  <si>
+    <t>Александр Савченко</t>
+  </si>
+  <si>
+    <t>2:51.48</t>
+  </si>
+  <si>
+    <t>Алексей Дубик</t>
+  </si>
+  <si>
+    <t>Андрей Добкес</t>
+  </si>
+  <si>
+    <t>Артемий Савченко</t>
+  </si>
+  <si>
+    <t>Владимир Кушнир</t>
+  </si>
+  <si>
+    <t>Денис Чечулин</t>
+  </si>
+  <si>
+    <t>Иван Горелов</t>
+  </si>
+  <si>
+    <t>Иван Фомичев</t>
   </si>
   <si>
     <t>Михаил Гаврилов</t>
-  </si>
-[...466 lines deleted...]
-    <t>Иван Фомичев</t>
   </si>
   <si>
     <t>Михаил Трубенок</t>
   </si>
   <si>
     <t>Никита Карпов</t>
   </si>
   <si>
     <t>Николай Обухов</t>
   </si>
   <si>
     <t>Серафим Данилов</t>
   </si>
   <si>
     <t>Тимофей Можаровский</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -1480,135 +1471,135 @@
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D18" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D25" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>74</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D26" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>77</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>78</v>
@@ -1746,118 +1737,118 @@
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>107</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D37" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>110</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D38" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>112</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>115</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>118</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>121</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>124</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D43" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>127</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D44" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>130</v>
@@ -2344,272 +2335,262 @@
       <c r="D79" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>235</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>236</v>
       </c>
       <c r="D80" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>238</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="C81" s="1"/>
+      <c r="D81" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>240</v>
+      </c>
+      <c r="C82" s="1"/>
+      <c r="D82" t="s">
         <v>241</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C91" s="1"/>
       <c r="D91" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
     </row>
     <row r="93" spans="1:4">
-      <c r="A93">
-[...1 lines deleted...]
-      </c>
       <c r="B93" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C93" s="1"/>
-      <c r="D93" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="94" spans="1:4">
       <c r="B94" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C94" s="1"/>
     </row>
     <row r="95" spans="1:4">
       <c r="B95" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C95" s="1"/>
     </row>
     <row r="96" spans="1:4">
       <c r="B96" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C96" s="1"/>
     </row>
     <row r="97" spans="1:4">
       <c r="B97" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C97" s="1"/>
     </row>
     <row r="98" spans="1:4">
       <c r="B98" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C98" s="1"/>
     </row>
     <row r="99" spans="1:4">
       <c r="B99" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="C99" s="1"/>
     </row>
     <row r="100" spans="1:4">
       <c r="B100" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C100" s="1"/>
     </row>
     <row r="101" spans="1:4">
       <c r="B101" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="C101" s="1"/>
     </row>
     <row r="102" spans="1:4">
       <c r="B102" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C102" s="1"/>
     </row>
     <row r="103" spans="1:4">
       <c r="B103" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="C103" s="1"/>
     </row>
     <row r="104" spans="1:4">
       <c r="B104" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="C104" s="1"/>
     </row>
     <row r="105" spans="1:4">
       <c r="B105" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="C105" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>