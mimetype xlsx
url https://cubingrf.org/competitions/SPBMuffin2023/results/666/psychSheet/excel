--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,267 +17,267 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>1:40.96</t>
   </si>
   <si>
     <t>1:30.25</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>1:48.55</t>
   </si>
   <si>
     <t>1:44.57</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
+    <t>Георгий Исанов</t>
   </si>
   <si>
     <t>1:57.67</t>
   </si>
   <si>
-    <t>1:54.04</t>
-[...2 lines deleted...]
-    <t>Dmitrii Dusheiko</t>
+    <t>1:51.83</t>
+  </si>
+  <si>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2:02.51</t>
   </si>
   <si>
     <t>1:51.86</t>
   </si>
   <si>
-    <t>Farid Mikhaylov</t>
+    <t>Фарид Михайлов</t>
   </si>
   <si>
     <t>2:04.70</t>
   </si>
   <si>
     <t>1:57.20</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>2:09.92</t>
   </si>
   <si>
     <t>1:59.19</t>
   </si>
   <si>
-    <t>Pavel Galaktionov</t>
+    <t>Павел Галактионов</t>
   </si>
   <si>
     <t>2:19.49</t>
   </si>
   <si>
     <t>2:08.60</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>2:21.79</t>
   </si>
   <si>
     <t>2:15.98</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>2:22.54</t>
   </si>
   <si>
     <t>2:12.70</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>2:27.92</t>
   </si>
   <si>
     <t>2:13.13</t>
   </si>
   <si>
-    <t>Mikhail Kalashnikov</t>
+    <t>Михаил Калашников</t>
   </si>
   <si>
     <t>2:42.76</t>
   </si>
   <si>
     <t>2:28.85</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:47.98</t>
   </si>
   <si>
     <t>2:39.72</t>
   </si>
   <si>
-    <t>Mikhail Kuzin</t>
+    <t>Михаил Кузин</t>
   </si>
   <si>
     <t>2:55.28</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>3:27.16</t>
   </si>
   <si>
     <t>3:15.68</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>3:48.62</t>
   </si>
   <si>
     <t>3:26.90</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>4:44.35</t>
   </si>
   <si>
     <t>4:35.04</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>4:46.91</t>
   </si>
   <si>
     <t>4:25.95</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>5:16.92</t>
   </si>
   <si>
     <t>5:04.25</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>5:39.58</t>
   </si>
   <si>
     <t>5:30.13</t>
   </si>
   <si>
-    <t>Nikita Kuznetsov</t>
+    <t>Никита Кузнецов</t>
   </si>
   <si>
     <t>6:55.75</t>
   </si>
   <si>
     <t>6:07.15</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>3:36.33</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>3:42.24</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>3:42.78</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>8:04.16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -603,51 +603,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>