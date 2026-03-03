--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,275 +12,266 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
-    <t>1:40.96</t>
-[...2 lines deleted...]
-    <t>1:30.25</t>
+    <t>1:32.99</t>
+  </si>
+  <si>
+    <t>1:27.13</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
-    <t>1:48.55</t>
-[...2 lines deleted...]
-    <t>1:44.57</t>
+    <t>1:46.68</t>
+  </si>
+  <si>
+    <t>1:43.51</t>
+  </si>
+  <si>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>1:53.25</t>
+  </si>
+  <si>
+    <t>1:43.19</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
-    <t>Георгий Исанов</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2:02.51</t>
   </si>
   <si>
     <t>1:51.86</t>
   </si>
   <si>
+    <t>Вячеслав Кочергин</t>
+  </si>
+  <si>
+    <t>2:09.92</t>
+  </si>
+  <si>
+    <t>1:59.19</t>
+  </si>
+  <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>2:15.52</t>
+  </si>
+  <si>
+    <t>2:06.94</t>
+  </si>
+  <si>
+    <t>Павел Галактионов</t>
+  </si>
+  <si>
+    <t>2:19.49</t>
+  </si>
+  <si>
+    <t>2:08.60</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>2:19.81</t>
+  </si>
+  <si>
+    <t>2:09.25</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>2:21.79</t>
+  </si>
+  <si>
+    <t>2:15.98</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>2:42.41</t>
+  </si>
+  <si>
+    <t>2:36.82</t>
+  </si>
+  <si>
+    <t>Михаил Калашников</t>
+  </si>
+  <si>
+    <t>2:42.76</t>
+  </si>
+  <si>
+    <t>2:28.85</t>
+  </si>
+  <si>
+    <t>Михаил Кузин</t>
+  </si>
+  <si>
+    <t>2:55.28</t>
+  </si>
+  <si>
+    <t>2:45.80</t>
+  </si>
+  <si>
+    <t>Богдан Землянский</t>
+  </si>
+  <si>
+    <t>3:27.16</t>
+  </si>
+  <si>
+    <t>3:15.68</t>
+  </si>
+  <si>
+    <t>Дарья Пойда</t>
+  </si>
+  <si>
+    <t>3:48.62</t>
+  </si>
+  <si>
+    <t>3:26.90</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
+  </si>
+  <si>
+    <t>4:44.35</t>
+  </si>
+  <si>
+    <t>4:35.04</t>
+  </si>
+  <si>
+    <t>Николай Одегов</t>
+  </si>
+  <si>
+    <t>4:46.91</t>
+  </si>
+  <si>
+    <t>4:25.95</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>5:16.92</t>
+  </si>
+  <si>
+    <t>5:04.25</t>
+  </si>
+  <si>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>5:39.58</t>
+  </si>
+  <si>
+    <t>5:30.13</t>
+  </si>
+  <si>
+    <t>Никита Кузнецов</t>
+  </si>
+  <si>
+    <t>6:55.75</t>
+  </si>
+  <si>
+    <t>6:07.15</t>
+  </si>
+  <si>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>3:36.33</t>
+  </si>
+  <si>
+    <t>Дмитрий Родин</t>
+  </si>
+  <si>
+    <t>3:42.24</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>3:42.78</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
     <t>Фарид Михайлов</t>
-  </si>
-[...163 lines deleted...]
-    <t>8:04.16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -909,104 +900,90 @@
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="C22" s="1"/>
+      <c r="D22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="B25" t="s">
         <v>70</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B25" t="s">
+      <c r="C25" s="1"/>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="B26" t="s">
         <v>71</v>
       </c>
-      <c r="C25" s="1"/>
-[...10 lines deleted...]
-      </c>
       <c r="C26" s="1"/>
-      <c r="D26" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">