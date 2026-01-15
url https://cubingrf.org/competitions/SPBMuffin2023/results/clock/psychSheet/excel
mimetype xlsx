--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,774 +17,774 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>3.10</t>
   </si>
   <si>
     <t>1.87</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>5.50</t>
   </si>
   <si>
     <t>4.20</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
   <si>
     <t>5.07</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>5.87</t>
   </si>
   <si>
     <t>4.26</t>
   </si>
   <si>
-    <t>Alexey Gundin</t>
+    <t>Алексей Гундин</t>
   </si>
   <si>
     <t>6.22</t>
   </si>
   <si>
     <t>5.85</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>6.65</t>
   </si>
   <si>
     <t>5.23</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>7.10</t>
   </si>
   <si>
     <t>5.68</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>7.50</t>
   </si>
   <si>
     <t>6.91</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
   <si>
     <t>6.33</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
     <t>5.69</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>6.73</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
+    <t>Степан Матвеев</t>
   </si>
   <si>
     <t>8.70</t>
   </si>
   <si>
     <t>6.93</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>9.12</t>
   </si>
   <si>
     <t>7.84</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>9.41</t>
   </si>
   <si>
     <t>8.68</t>
   </si>
   <si>
-    <t>Mstislav Slabinskiy</t>
+    <t>Мстислав Слабинский</t>
   </si>
   <si>
     <t>9.81</t>
   </si>
   <si>
     <t>7.00</t>
   </si>
   <si>
-    <t>Mikhail Kuzin</t>
+    <t>Михаил Кузин</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
     <t>8.14</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>7.16</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>10.35</t>
   </si>
   <si>
     <t>8.59</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>10.41</t>
   </si>
   <si>
     <t>8.52</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
+    <t>Александр Говорков</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>10.84</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>10.89</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>11.20</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>11.34</t>
   </si>
   <si>
     <t>10.68</t>
   </si>
   <si>
-    <t>Gleb Batenin</t>
+    <t>Глеб Батенин</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
     <t>10.38</t>
   </si>
   <si>
-    <t>Aleksandr Beznogov</t>
+    <t>Александр Безногов</t>
   </si>
   <si>
     <t>11.87</t>
   </si>
   <si>
     <t>10.13</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>13.04</t>
   </si>
   <si>
     <t>9.94</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>11.02</t>
   </si>
   <si>
-    <t>Yevsey Ionush</t>
+    <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>13.45</t>
   </si>
   <si>
     <t>11.04</t>
   </si>
   <si>
-    <t>Aleksei Ushachev</t>
+    <t>Алексей Ушачев</t>
   </si>
   <si>
     <t>13.77</t>
   </si>
   <si>
     <t>11.43</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>13.84</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>14.54</t>
   </si>
   <si>
     <t>12.81</t>
   </si>
   <si>
-    <t>Fyodor Vasilyev</t>
+    <t>Федор Васильев</t>
   </si>
   <si>
     <t>14.67</t>
   </si>
   <si>
     <t>12.14</t>
   </si>
   <si>
-    <t>Evelina Tagirova</t>
+    <t>Эвелина Тагирова</t>
   </si>
   <si>
     <t>14.00</t>
   </si>
   <si>
-    <t>Nikita Kuznetsov</t>
+    <t>Никита Кузнецов</t>
   </si>
   <si>
     <t>14.91</t>
   </si>
   <si>
     <t>12.05</t>
   </si>
   <si>
-    <t>Nikolay Kravtsov</t>
+    <t>Николай Кравцов</t>
   </si>
   <si>
     <t>15.35</t>
   </si>
   <si>
     <t>12.65</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>15.75</t>
   </si>
   <si>
     <t>12.52</t>
   </si>
   <si>
-    <t>Bogdan Kashin</t>
+    <t>Богдан Кашин</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>14.07</t>
   </si>
   <si>
-    <t>Nikita Zolin</t>
+    <t>Никита Золин</t>
   </si>
   <si>
     <t>15.97</t>
   </si>
   <si>
     <t>13.41</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>16.24</t>
   </si>
   <si>
     <t>11.89</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>15.15</t>
   </si>
   <si>
-    <t>David Melikyan</t>
+    <t>Давид Меликян</t>
   </si>
   <si>
     <t>17.10</t>
   </si>
   <si>
     <t>15.04</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
     <t>14.68</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>17.24</t>
   </si>
   <si>
     <t>13.09</t>
   </si>
   <si>
-    <t>Andrey Artëmenko</t>
+    <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>17.73</t>
   </si>
   <si>
     <t>14.93</t>
   </si>
   <si>
-    <t>Artëm Senkevich</t>
+    <t>Артём Сенкевич</t>
   </si>
   <si>
     <t>17.86</t>
   </si>
   <si>
     <t>15.73</t>
   </si>
   <si>
-    <t>Mark Miruk</t>
+    <t>Марк Мирук</t>
   </si>
   <si>
     <t>17.94</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>19.18</t>
   </si>
   <si>
     <t>15.77</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
+    <t>Георгий Исанов</t>
   </si>
   <si>
     <t>19.64</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>20.43</t>
   </si>
   <si>
     <t>18.26</t>
   </si>
   <si>
-    <t>Dmitriy Suslov</t>
+    <t>Дмитрий Суслов</t>
   </si>
   <si>
     <t>20.57</t>
   </si>
   <si>
     <t>15.21</t>
   </si>
   <si>
-    <t>Maksim Pestov</t>
+    <t>Максим Пестов</t>
   </si>
   <si>
     <t>22.06</t>
   </si>
   <si>
     <t>16.69</t>
   </si>
   <si>
-    <t>Timofey Dmitriyev</t>
+    <t>Тимофей Дмитриев</t>
   </si>
   <si>
     <t>23.97</t>
   </si>
   <si>
     <t>16.53</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>24.10</t>
   </si>
   <si>
     <t>18.03</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>18.29</t>
   </si>
   <si>
-    <t>Andrey Krylov</t>
+    <t>Андрей Крылов</t>
   </si>
   <si>
     <t>25.02</t>
   </si>
   <si>
     <t>17.75</t>
   </si>
   <si>
-    <t>Arkadiy Ushmodin</t>
+    <t>Аркадий Ушмодин</t>
   </si>
   <si>
     <t>25.15</t>
   </si>
   <si>
     <t>20.26</t>
   </si>
   <si>
-    <t>Daniil Popov</t>
+    <t>Даниил Попов</t>
   </si>
   <si>
     <t>25.17</t>
   </si>
   <si>
     <t>20.51</t>
   </si>
   <si>
-    <t>Amin Ashour</t>
+    <t>Амин Ашоур</t>
   </si>
   <si>
     <t>25.69</t>
   </si>
   <si>
     <t>22.61</t>
   </si>
   <si>
-    <t>Vladimir Kushnir</t>
+    <t>Владимир Кушнир</t>
   </si>
   <si>
     <t>27.44</t>
   </si>
   <si>
     <t>21.91</t>
   </si>
   <si>
-    <t>Yelizaveta Ushmodina</t>
+    <t>Елизавета Ушмодина</t>
   </si>
   <si>
     <t>28.51</t>
   </si>
   <si>
     <t>24.05</t>
   </si>
   <si>
-    <t>Karina Gerasimova</t>
+    <t>Карина Герасимова</t>
   </si>
   <si>
     <t>29.27</t>
   </si>
   <si>
     <t>25.64</t>
   </si>
   <si>
-    <t>Nikolay Romanov-Afrikantov</t>
+    <t>Николай Романов-Африкантов</t>
   </si>
   <si>
     <t>31.86</t>
   </si>
   <si>
     <t>27.94</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>33.29</t>
   </si>
   <si>
     <t>28.26</t>
   </si>
   <si>
-    <t>Lidiya Pyatkova</t>
+    <t>Лидия Пяткова</t>
   </si>
   <si>
     <t>36.38</t>
   </si>
   <si>
     <t>31.84</t>
   </si>
   <si>
-    <t>Marina Odegova</t>
+    <t>Марина Одегова</t>
   </si>
   <si>
     <t>38.26</t>
   </si>
   <si>
     <t>30.95</t>
   </si>
   <si>
-    <t>Artemiy Savchenko</t>
+    <t>Артемий Савченко</t>
   </si>
   <si>
     <t>41.08</t>
   </si>
   <si>
     <t>35.32</t>
   </si>
   <si>
-    <t>Danil Glagolev</t>
+    <t>Данил Глаголев</t>
   </si>
   <si>
     <t>18.40</t>
   </si>
   <si>
-    <t>Ivan Novikov</t>
+    <t>Иван Новиков</t>
   </si>
   <si>
     <t>18.81</t>
   </si>
   <si>
-    <t>Aleksey Martynenko</t>
+    <t>Алексей Мартыненко</t>
   </si>
   <si>
     <t>21.29</t>
   </si>
   <si>
-    <t>Ivan Gorelov</t>
+    <t>Иван Горелов</t>
   </si>
   <si>
     <t>26.82</t>
   </si>
   <si>
-    <t>Grigoriy Freydin</t>
+    <t>Григорий Фрейдин</t>
   </si>
   <si>
     <t>32.41</t>
   </si>
   <si>
-    <t>Matvey Lebedev</t>
+    <t>Матвей Лебедев</t>
   </si>
   <si>
     <t>38.18</t>
   </si>
   <si>
-    <t>Alisa Ivanovskaya</t>
+    <t>Алиса Ивановская</t>
   </si>
   <si>
     <t>39.85</t>
   </si>
   <si>
-    <t>Ivan Fomichev</t>
+    <t>Иван Фомичев</t>
   </si>
   <si>
     <t>42.89</t>
   </si>
   <si>
-    <t>Aleksandr Savchenko</t>
+    <t>Александр Савченко</t>
   </si>
   <si>
     <t>58.55</t>
   </si>
   <si>
-    <t>Maksim Dzhurayev</t>
+    <t>Максим Джураев</t>
   </si>
   <si>
     <t>59.40</t>
   </si>
   <si>
-    <t>Andrey Sokolov</t>
-[...20 lines deleted...]
-    <t>Stas Palʹtsev</t>
+    <t>Андрей Соколов</t>
+  </si>
+  <si>
+    <t>Дмитрий Лысаковский</t>
+  </si>
+  <si>
+    <t>Илья Бородулин</t>
+  </si>
+  <si>
+    <t>Кирилл Щеголихин</t>
+  </si>
+  <si>
+    <t>Михаил Гаврилов</t>
+  </si>
+  <si>
+    <t>Никита Карпов</t>
+  </si>
+  <si>
+    <t>Родион Житмарев</t>
+  </si>
+  <si>
+    <t>Стас Пальцев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1109,51 +1109,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C90" sqref="C90"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>