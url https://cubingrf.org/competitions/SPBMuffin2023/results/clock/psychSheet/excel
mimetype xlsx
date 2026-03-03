--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,71 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.10</t>
-[...2 lines deleted...]
-    <t>1.87</t>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>2.27</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>5.50</t>
   </si>
   <si>
     <t>4.20</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
@@ -86,663 +86,660 @@
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>5.87</t>
   </si>
   <si>
     <t>4.26</t>
   </si>
   <si>
     <t>Алексей Гундин</t>
   </si>
   <si>
     <t>6.22</t>
   </si>
   <si>
     <t>5.85</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>6.65</t>
   </si>
   <si>
-    <t>5.23</t>
+    <t>5.44</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>7.10</t>
   </si>
   <si>
     <t>5.68</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
     <t>Сергей Марьин</t>
   </si>
   <si>
     <t>7.50</t>
   </si>
   <si>
-    <t>6.91</t>
+    <t>7.09</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
   <si>
     <t>6.33</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
-    <t>5.69</t>
+    <t>5.32</t>
+  </si>
+  <si>
+    <t>Мстислав Слабинский</t>
+  </si>
+  <si>
+    <t>7.69</t>
+  </si>
+  <si>
+    <t>6.53</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>6.73</t>
   </si>
   <si>
+    <t>Матвей Тянутов</t>
+  </si>
+  <si>
+    <t>9.12</t>
+  </si>
+  <si>
+    <t>7.84</t>
+  </si>
+  <si>
+    <t>Андрей Маслов</t>
+  </si>
+  <si>
+    <t>9.41</t>
+  </si>
+  <si>
+    <t>8.68</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>10.22</t>
+  </si>
+  <si>
+    <t>7.16</t>
+  </si>
+  <si>
+    <t>Николай Одегов</t>
+  </si>
+  <si>
+    <t>10.35</t>
+  </si>
+  <si>
+    <t>8.59</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>10.41</t>
+  </si>
+  <si>
+    <t>8.58</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>10.84</t>
+  </si>
+  <si>
+    <t>8.64</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>10.89</t>
+  </si>
+  <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>8.70</t>
-[...29 lines deleted...]
-    <t>7.00</t>
+    <t>10.90</t>
+  </si>
+  <si>
+    <t>8.49</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>11.20</t>
+  </si>
+  <si>
+    <t>9.48</t>
+  </si>
+  <si>
+    <t>Дмитрий Добряков</t>
+  </si>
+  <si>
+    <t>11.34</t>
+  </si>
+  <si>
+    <t>10.68</t>
+  </si>
+  <si>
+    <t>Глеб Батенин</t>
+  </si>
+  <si>
+    <t>11.64</t>
+  </si>
+  <si>
+    <t>9.79</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
+  </si>
+  <si>
+    <t>11.72</t>
+  </si>
+  <si>
+    <t>10.38</t>
   </si>
   <si>
     <t>Михаил Кузин</t>
   </si>
   <si>
-    <t>10.01</t>
-[...29 lines deleted...]
-    <t>8.52</t>
+    <t>11.77</t>
   </si>
   <si>
     <t>Александр Говорков</t>
   </si>
   <si>
-    <t>10.83</t>
-[...53 lines deleted...]
-    <t>10.38</t>
+    <t>12.96</t>
+  </si>
+  <si>
+    <t>10.14</t>
+  </si>
+  <si>
+    <t>Максим Козловский</t>
+  </si>
+  <si>
+    <t>13.04</t>
+  </si>
+  <si>
+    <t>9.94</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
+  </si>
+  <si>
+    <t>13.37</t>
+  </si>
+  <si>
+    <t>11.02</t>
+  </si>
+  <si>
+    <t>Евсей Ионуш</t>
+  </si>
+  <si>
+    <t>13.45</t>
+  </si>
+  <si>
+    <t>11.04</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>13.84</t>
+  </si>
+  <si>
+    <t>9.38</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
+  </si>
+  <si>
+    <t>14.54</t>
+  </si>
+  <si>
+    <t>12.81</t>
+  </si>
+  <si>
+    <t>Эвелина Тагирова</t>
+  </si>
+  <si>
+    <t>14.67</t>
+  </si>
+  <si>
+    <t>14.00</t>
+  </si>
+  <si>
+    <t>Никита Кузнецов</t>
+  </si>
+  <si>
+    <t>14.91</t>
+  </si>
+  <si>
+    <t>12.05</t>
+  </si>
+  <si>
+    <t>Федор Васильев</t>
+  </si>
+  <si>
+    <t>15.19</t>
+  </si>
+  <si>
+    <t>13.56</t>
+  </si>
+  <si>
+    <t>Николай Кравцов</t>
+  </si>
+  <si>
+    <t>15.35</t>
+  </si>
+  <si>
+    <t>12.65</t>
+  </si>
+  <si>
+    <t>Дарья Пойда</t>
+  </si>
+  <si>
+    <t>15.75</t>
+  </si>
+  <si>
+    <t>12.52</t>
+  </si>
+  <si>
+    <t>Богдан Кашин</t>
+  </si>
+  <si>
+    <t>15.82</t>
+  </si>
+  <si>
+    <t>14.07</t>
+  </si>
+  <si>
+    <t>Никита Золин</t>
+  </si>
+  <si>
+    <t>15.97</t>
+  </si>
+  <si>
+    <t>13.41</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>16.24</t>
+  </si>
+  <si>
+    <t>14.85</t>
   </si>
   <si>
     <t>Александр Безногов</t>
   </si>
   <si>
-    <t>11.87</t>
-[...29 lines deleted...]
-    <t>11.04</t>
+    <t>16.36</t>
+  </si>
+  <si>
+    <t>12.88</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>17.05</t>
+  </si>
+  <si>
+    <t>15.15</t>
+  </si>
+  <si>
+    <t>Давид Меликян</t>
+  </si>
+  <si>
+    <t>17.10</t>
+  </si>
+  <si>
+    <t>15.04</t>
+  </si>
+  <si>
+    <t>Егор Жогин</t>
+  </si>
+  <si>
+    <t>17.17</t>
+  </si>
+  <si>
+    <t>14.68</t>
+  </si>
+  <si>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>17.24</t>
+  </si>
+  <si>
+    <t>13.09</t>
+  </si>
+  <si>
+    <t>Андрей Артеменко</t>
+  </si>
+  <si>
+    <t>17.73</t>
+  </si>
+  <si>
+    <t>14.93</t>
+  </si>
+  <si>
+    <t>Артём Сенкевич</t>
+  </si>
+  <si>
+    <t>17.86</t>
+  </si>
+  <si>
+    <t>15.73</t>
+  </si>
+  <si>
+    <t>Марк Мирук</t>
+  </si>
+  <si>
+    <t>17.94</t>
+  </si>
+  <si>
+    <t>14.24</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>18.58</t>
+  </si>
+  <si>
+    <t>15.77</t>
+  </si>
+  <si>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>19.64</t>
+  </si>
+  <si>
+    <t>15.59</t>
+  </si>
+  <si>
+    <t>Семен Авдеев</t>
+  </si>
+  <si>
+    <t>20.43</t>
+  </si>
+  <si>
+    <t>18.26</t>
+  </si>
+  <si>
+    <t>Дмитрий Суслов</t>
+  </si>
+  <si>
+    <t>20.57</t>
+  </si>
+  <si>
+    <t>12.66</t>
+  </si>
+  <si>
+    <t>Максим Пестов</t>
+  </si>
+  <si>
+    <t>22.06</t>
+  </si>
+  <si>
+    <t>16.69</t>
+  </si>
+  <si>
+    <t>Тимофей Дмитриев</t>
+  </si>
+  <si>
+    <t>23.97</t>
+  </si>
+  <si>
+    <t>16.53</t>
+  </si>
+  <si>
+    <t>Богдан Землянский</t>
+  </si>
+  <si>
+    <t>24.28</t>
+  </si>
+  <si>
+    <t>18.29</t>
+  </si>
+  <si>
+    <t>Андрей Крылов</t>
+  </si>
+  <si>
+    <t>25.02</t>
+  </si>
+  <si>
+    <t>17.75</t>
+  </si>
+  <si>
+    <t>Аркадий Ушмодин</t>
+  </si>
+  <si>
+    <t>25.15</t>
+  </si>
+  <si>
+    <t>20.26</t>
+  </si>
+  <si>
+    <t>Даниил Попов</t>
+  </si>
+  <si>
+    <t>25.17</t>
+  </si>
+  <si>
+    <t>20.51</t>
+  </si>
+  <si>
+    <t>Амин Ашоур</t>
+  </si>
+  <si>
+    <t>25.69</t>
+  </si>
+  <si>
+    <t>22.61</t>
+  </si>
+  <si>
+    <t>Пётр Ануков</t>
+  </si>
+  <si>
+    <t>27.43</t>
+  </si>
+  <si>
+    <t>24.12</t>
+  </si>
+  <si>
+    <t>Владимир Кушнир</t>
+  </si>
+  <si>
+    <t>27.44</t>
+  </si>
+  <si>
+    <t>21.91</t>
+  </si>
+  <si>
+    <t>Елизавета Ушмодина</t>
+  </si>
+  <si>
+    <t>28.51</t>
+  </si>
+  <si>
+    <t>24.05</t>
+  </si>
+  <si>
+    <t>Алиса Ивановская</t>
+  </si>
+  <si>
+    <t>28.90</t>
+  </si>
+  <si>
+    <t>19.15</t>
+  </si>
+  <si>
+    <t>Карина Герасимова</t>
+  </si>
+  <si>
+    <t>29.27</t>
+  </si>
+  <si>
+    <t>25.64</t>
+  </si>
+  <si>
+    <t>Николай Романов-Африкантов</t>
+  </si>
+  <si>
+    <t>31.86</t>
+  </si>
+  <si>
+    <t>27.94</t>
+  </si>
+  <si>
+    <t>Лидия Пяткова</t>
+  </si>
+  <si>
+    <t>36.38</t>
+  </si>
+  <si>
+    <t>31.84</t>
+  </si>
+  <si>
+    <t>Марина Одегова</t>
+  </si>
+  <si>
+    <t>38.26</t>
+  </si>
+  <si>
+    <t>30.95</t>
+  </si>
+  <si>
+    <t>Артемий Савченко</t>
+  </si>
+  <si>
+    <t>41.08</t>
+  </si>
+  <si>
+    <t>35.32</t>
   </si>
   <si>
     <t>Алексей Ушачев</t>
   </si>
   <si>
-    <t>13.77</t>
-[...1 lines deleted...]
-  <si>
     <t>11.43</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
-[...200 lines deleted...]
-    <t>16.53</t>
+    <t>Данил Глаголев</t>
+  </si>
+  <si>
+    <t>18.40</t>
+  </si>
+  <si>
+    <t>Иван Новиков</t>
+  </si>
+  <si>
+    <t>18.81</t>
+  </si>
+  <si>
+    <t>Алексей Мартыненко</t>
+  </si>
+  <si>
+    <t>21.29</t>
+  </si>
+  <si>
+    <t>Иван Горелов</t>
+  </si>
+  <si>
+    <t>26.82</t>
+  </si>
+  <si>
+    <t>Григорий Фрейдин</t>
+  </si>
+  <si>
+    <t>32.41</t>
   </si>
   <si>
     <t>Анастасия Регонен</t>
   </si>
   <si>
-    <t>24.10</t>
-[...149 lines deleted...]
-    <t>32.41</t>
+    <t>34.93</t>
   </si>
   <si>
     <t>Матвей Лебедев</t>
   </si>
   <si>
     <t>38.18</t>
-  </si>
-[...4 lines deleted...]
-    <t>39.85</t>
   </si>
   <si>
     <t>Иван Фомичев</t>
   </si>
   <si>
     <t>42.89</t>
   </si>
   <si>
     <t>Александр Савченко</t>
   </si>
   <si>
     <t>58.55</t>
   </si>
   <si>
     <t>Максим Джураев</t>
   </si>
   <si>
     <t>59.40</t>
   </si>
   <si>
     <t>Андрей Соколов</t>
   </si>
   <si>
     <t>Дмитрий Лысаковский</t>
   </si>
@@ -1431,272 +1428,272 @@
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D27" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D28" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>86</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>92</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>95</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>98</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>101</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>104</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>107</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>110</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>113</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="D39" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>116</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D40" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>119</v>
@@ -2113,222 +2110,220 @@
       <c r="D70" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>209</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>210</v>
       </c>
       <c r="D71" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>212</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="C72" s="1"/>
+      <c r="D72" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="B83" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C83" s="1"/>
     </row>
     <row r="84" spans="1:4">
       <c r="B84" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C84" s="1"/>
     </row>
     <row r="85" spans="1:4">
       <c r="B85" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="C85" s="1"/>
     </row>
     <row r="86" spans="1:4">
       <c r="B86" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="C86" s="1"/>
     </row>
     <row r="87" spans="1:4">
       <c r="B87" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C87" s="1"/>
     </row>
     <row r="88" spans="1:4">
       <c r="B88" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C88" s="1"/>
     </row>
     <row r="89" spans="1:4">
       <c r="B89" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C89" s="1"/>
     </row>
     <row r="90" spans="1:4">
       <c r="B90" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C90" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>