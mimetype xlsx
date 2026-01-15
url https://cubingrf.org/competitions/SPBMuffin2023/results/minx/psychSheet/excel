--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,591 +17,591 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>46.18</t>
   </si>
   <si>
     <t>38.90</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>46.24</t>
   </si>
   <si>
     <t>37.79</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>47.75</t>
   </si>
   <si>
     <t>42.36</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>50.42</t>
   </si>
   <si>
     <t>46.62</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>56.73</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>57.34</t>
   </si>
   <si>
     <t>50.12</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
-    <t>Vladimir Lebedev</t>
+    <t>Владимир Лебедев</t>
   </si>
   <si>
     <t>1:00.36</t>
   </si>
   <si>
     <t>54.82</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>1:02.03</t>
   </si>
   <si>
     <t>54.26</t>
   </si>
   <si>
-    <t>Aleksandr Beznogov</t>
+    <t>Александр Безногов</t>
   </si>
   <si>
     <t>1:09.81</t>
   </si>
   <si>
     <t>1:00.85</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:10.81</t>
   </si>
   <si>
     <t>57.50</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
     <t>1:02.12</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>1:12.74</t>
   </si>
   <si>
     <t>1:04.79</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>1:13.69</t>
   </si>
   <si>
     <t>1:00.59</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:15.17</t>
   </si>
   <si>
     <t>1:11.32</t>
   </si>
   <si>
-    <t>Fyodor Vasilyev</t>
+    <t>Федор Васильев</t>
   </si>
   <si>
     <t>1:15.49</t>
   </si>
   <si>
     <t>1:10.69</t>
   </si>
   <si>
-    <t>Dmitry Zvyagintsev</t>
+    <t>Дмитрий Звягинцев</t>
   </si>
   <si>
     <t>1:17.18</t>
   </si>
   <si>
     <t>1:09.06</t>
   </si>
   <si>
-    <t>Mikhail Kuzin</t>
+    <t>Михаил Кузин</t>
   </si>
   <si>
     <t>1:17.85</t>
   </si>
   <si>
     <t>1:08.65</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:20.03</t>
   </si>
   <si>
     <t>1:13.24</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
+    <t>Степан Матвеев</t>
   </si>
   <si>
     <t>1:23.87</t>
   </si>
   <si>
     <t>1:17.41</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>1:27.07</t>
   </si>
   <si>
     <t>1:21.19</t>
   </si>
   <si>
-    <t>Mikhail Kalashnikov</t>
+    <t>Михаил Калашников</t>
   </si>
   <si>
     <t>1:28.38</t>
   </si>
   <si>
     <t>1:20.57</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>1:31.29</t>
   </si>
   <si>
     <t>1:29.50</t>
   </si>
   <si>
-    <t>Pavel Galaktionov</t>
+    <t>Павел Галактионов</t>
   </si>
   <si>
     <t>1:34.92</t>
   </si>
   <si>
     <t>1:03.49</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>1:35.62</t>
   </si>
   <si>
     <t>1:24.37</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>1:39.43</t>
   </si>
   <si>
     <t>1:35.95</t>
   </si>
   <si>
-    <t>Dmitrii Saukov</t>
+    <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>1:39.66</t>
   </si>
   <si>
     <t>1:23.80</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>1:40.82</t>
   </si>
   <si>
     <t>1:24.06</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
-    <t>Aleksei Ushachev</t>
+    <t>Алексей Ушачев</t>
   </si>
   <si>
     <t>1:44.75</t>
   </si>
   <si>
     <t>1:30.23</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:45.77</t>
   </si>
   <si>
     <t>1:32.62</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:48.19</t>
   </si>
   <si>
     <t>1:37.80</t>
   </si>
   <si>
-    <t>Mstislav Slabinskiy</t>
+    <t>Мстислав Слабинский</t>
   </si>
   <si>
     <t>1:48.99</t>
   </si>
   <si>
     <t>1:38.94</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>1:58.63</t>
   </si>
   <si>
     <t>1:36.34</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>2:06.44</t>
   </si>
   <si>
     <t>1:56.26</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:10.48</t>
   </si>
   <si>
     <t>1:51.91</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>2:29.62</t>
   </si>
   <si>
     <t>2:15.02</t>
   </si>
   <si>
-    <t>Dmitriy Suslov</t>
+    <t>Дмитрий Суслов</t>
   </si>
   <si>
     <t>2:30.42</t>
   </si>
   <si>
     <t>2:04.52</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>2:55.04</t>
   </si>
   <si>
     <t>2:35.02</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>3:02.11</t>
   </si>
   <si>
     <t>2:33.09</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>3:06.86</t>
   </si>
   <si>
     <t>2:36.74</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>3:07.00</t>
   </si>
   <si>
     <t>2:37.91</t>
   </si>
   <si>
-    <t>Mikhail Gavrilov</t>
+    <t>Михаил Гаврилов</t>
   </si>
   <si>
     <t>3:23.14</t>
   </si>
   <si>
     <t>2:32.15</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>3:39.27</t>
   </si>
   <si>
     <t>2:44.28</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>4:50.26</t>
   </si>
   <si>
     <t>2:19.22</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>2:18.01</t>
   </si>
   <si>
-    <t>Grigoriy Freydin</t>
+    <t>Григорий Фрейдин</t>
   </si>
   <si>
     <t>2:18.46</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>2:19.95</t>
   </si>
   <si>
-    <t>Andrey Krylov</t>
+    <t>Андрей Крылов</t>
   </si>
   <si>
     <t>2:24.24</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>2:42.10</t>
   </si>
   <si>
-    <t>Ivan Novikov</t>
+    <t>Иван Новиков</t>
   </si>
   <si>
     <t>3:24.93</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
+    <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>3:27.19</t>
   </si>
   <si>
-    <t>Georgiy Semyonov</t>
+    <t>Георгий Семенов</t>
   </si>
   <si>
     <t>3:27.58</t>
   </si>
   <si>
-    <t>Karina Gerasimova</t>
+    <t>Карина Герасимова</t>
   </si>
   <si>
     <t>4:30.68</t>
   </si>
   <si>
-    <t>Nikita Kuznetsov</t>
+    <t>Никита Кузнецов</t>
   </si>
   <si>
     <t>4:38.41</t>
   </si>
   <si>
-    <t>Aleksandr Savchenko</t>
-[...29 lines deleted...]
-    <t>Ian Belevich</t>
+    <t>Александр Савченко</t>
+  </si>
+  <si>
+    <t>Андрей Севастьянов</t>
+  </si>
+  <si>
+    <t>Андрей Соколов</t>
+  </si>
+  <si>
+    <t>Артемий Савченко</t>
+  </si>
+  <si>
+    <t>Василий Письмарев</t>
+  </si>
+  <si>
+    <t>Денис Чечулин</t>
+  </si>
+  <si>
+    <t>Дмитрий Лысаковский</t>
+  </si>
+  <si>
+    <t>Иван Горелов</t>
+  </si>
+  <si>
+    <t>Михаил Николаев</t>
+  </si>
+  <si>
+    <t>Николай Обухов</t>
+  </si>
+  <si>
+    <t>Ян Белевич</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>