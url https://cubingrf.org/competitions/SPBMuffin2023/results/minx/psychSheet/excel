--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
@@ -116,489 +116,459 @@
   <si>
     <t>56.73</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>57.34</t>
   </si>
   <si>
     <t>50.12</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>1:02.03</t>
+  </si>
+  <si>
+    <t>54.26</t>
+  </si>
+  <si>
     <t>Владимир Лебедев</t>
   </si>
   <si>
-    <t>1:00.36</t>
+    <t>1:03.59</t>
   </si>
   <si>
     <t>54.82</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
-[...5 lines deleted...]
-    <t>54.26</t>
+    <t>Мстислав Слабинский</t>
+  </si>
+  <si>
+    <t>1:08.61</t>
+  </si>
+  <si>
+    <t>59.21</t>
   </si>
   <si>
     <t>Александр Безногов</t>
   </si>
   <si>
-    <t>1:09.81</t>
-[...2 lines deleted...]
-    <t>1:00.85</t>
+    <t>1:10.69</t>
+  </si>
+  <si>
+    <t>1:01.87</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:10.81</t>
   </si>
   <si>
     <t>57.50</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
-    <t>1:02.12</t>
+    <t>1:01.77</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>1:12.74</t>
   </si>
   <si>
     <t>1:04.79</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>1:13.69</t>
   </si>
   <si>
     <t>1:00.59</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:15.17</t>
   </si>
   <si>
     <t>1:11.32</t>
   </si>
   <si>
+    <t>Андрей Маслов</t>
+  </si>
+  <si>
+    <t>1:20.03</t>
+  </si>
+  <si>
+    <t>1:13.24</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
+  </si>
+  <si>
+    <t>1:20.89</t>
+  </si>
+  <si>
+    <t>1:11.88</t>
+  </si>
+  <si>
     <t>Федор Васильев</t>
   </si>
   <si>
-    <t>1:15.49</t>
-[...2 lines deleted...]
-    <t>1:10.69</t>
+    <t>1:27.43</t>
+  </si>
+  <si>
+    <t>1:12.39</t>
+  </si>
+  <si>
+    <t>Михаил Калашников</t>
+  </si>
+  <si>
+    <t>1:28.38</t>
+  </si>
+  <si>
+    <t>1:20.57</t>
+  </si>
+  <si>
+    <t>Максим Козловский</t>
+  </si>
+  <si>
+    <t>1:31.29</t>
+  </si>
+  <si>
+    <t>1:29.50</t>
+  </si>
+  <si>
+    <t>Михаил Кузин</t>
+  </si>
+  <si>
+    <t>1:35.28</t>
+  </si>
+  <si>
+    <t>1:24.33</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>1:35.62</t>
+  </si>
+  <si>
+    <t>1:24.37</t>
+  </si>
+  <si>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>1:35.71</t>
+  </si>
+  <si>
+    <t>1:23.07</t>
+  </si>
+  <si>
+    <t>Сергей Марьин</t>
+  </si>
+  <si>
+    <t>1:39.43</t>
+  </si>
+  <si>
+    <t>1:35.95</t>
+  </si>
+  <si>
+    <t>Дмитрий Сауков</t>
+  </si>
+  <si>
+    <t>1:39.66</t>
+  </si>
+  <si>
+    <t>1:23.80</t>
+  </si>
+  <si>
+    <t>Максим Милосердов</t>
+  </si>
+  <si>
+    <t>1:40.82</t>
+  </si>
+  <si>
+    <t>1:24.06</t>
+  </si>
+  <si>
+    <t>Павел Галактионов</t>
+  </si>
+  <si>
+    <t>1:41.54</t>
+  </si>
+  <si>
+    <t>1:03.49</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>1:43.39</t>
+  </si>
+  <si>
+    <t>1:40.74</t>
+  </si>
+  <si>
+    <t>Алексей Ушачев</t>
+  </si>
+  <si>
+    <t>1:44.75</t>
+  </si>
+  <si>
+    <t>1:30.23</t>
+  </si>
+  <si>
+    <t>Глеб Пясецкий</t>
+  </si>
+  <si>
+    <t>1:45.77</t>
+  </si>
+  <si>
+    <t>1:32.62</t>
+  </si>
+  <si>
+    <t>Богдан Землянский</t>
+  </si>
+  <si>
+    <t>1:48.19</t>
+  </si>
+  <si>
+    <t>1:37.80</t>
+  </si>
+  <si>
+    <t>Анастасия Регонен</t>
+  </si>
+  <si>
+    <t>1:58.63</t>
+  </si>
+  <si>
+    <t>1:36.34</t>
+  </si>
+  <si>
+    <t>Николай Одегов</t>
+  </si>
+  <si>
+    <t>2:06.44</t>
+  </si>
+  <si>
+    <t>1:56.26</t>
+  </si>
+  <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>2:10.48</t>
+  </si>
+  <si>
+    <t>1:51.91</t>
+  </si>
+  <si>
+    <t>Дарья Пойда</t>
+  </si>
+  <si>
+    <t>2:29.62</t>
+  </si>
+  <si>
+    <t>2:15.02</t>
+  </si>
+  <si>
+    <t>Дмитрий Суслов</t>
+  </si>
+  <si>
+    <t>2:30.42</t>
+  </si>
+  <si>
+    <t>2:04.52</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>2:46.43</t>
+  </si>
+  <si>
+    <t>2:33.44</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>2:55.04</t>
+  </si>
+  <si>
+    <t>2:35.02</t>
+  </si>
+  <si>
+    <t>Семен Авдеев</t>
+  </si>
+  <si>
+    <t>3:02.11</t>
+  </si>
+  <si>
+    <t>2:33.09</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>2:18.01</t>
+  </si>
+  <si>
+    <t>Григорий Фрейдин</t>
+  </si>
+  <si>
+    <t>2:18.46</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>2:19.22</t>
+  </si>
+  <si>
+    <t>Пётр Ануков</t>
+  </si>
+  <si>
+    <t>2:19.95</t>
+  </si>
+  <si>
+    <t>Андрей Крылов</t>
+  </si>
+  <si>
+    <t>2:24.24</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>2:44.28</t>
+  </si>
+  <si>
+    <t>Дмитрий Родин</t>
+  </si>
+  <si>
+    <t>2:44.58</t>
+  </si>
+  <si>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>3:08.52</t>
+  </si>
+  <si>
+    <t>Дмитрий Добряков</t>
+  </si>
+  <si>
+    <t>3:08.77</t>
+  </si>
+  <si>
+    <t>Иван Новиков</t>
+  </si>
+  <si>
+    <t>3:24.93</t>
+  </si>
+  <si>
+    <t>Андрей Севастьянов</t>
+  </si>
+  <si>
+    <t>3:43.41</t>
+  </si>
+  <si>
+    <t>Карина Герасимова</t>
+  </si>
+  <si>
+    <t>4:30.68</t>
+  </si>
+  <si>
+    <t>Александр Савченко</t>
+  </si>
+  <si>
+    <t>Андрей Соколов</t>
+  </si>
+  <si>
+    <t>Артемий Савченко</t>
+  </si>
+  <si>
+    <t>Василий Письмарев</t>
+  </si>
+  <si>
+    <t>Георгий Семенов</t>
+  </si>
+  <si>
+    <t>Денис Чечулин</t>
   </si>
   <si>
     <t>Дмитрий Звягинцев</t>
   </si>
   <si>
-    <t>1:17.18</t>
-[...29 lines deleted...]
-    <t>1:11.88</t>
+    <t>Дмитрий Лысаковский</t>
+  </si>
+  <si>
+    <t>Иван Горелов</t>
+  </si>
+  <si>
+    <t>Михаил Гаврилов</t>
+  </si>
+  <si>
+    <t>Михаил Николаев</t>
+  </si>
+  <si>
+    <t>Никита Кузнецов</t>
+  </si>
+  <si>
+    <t>Николай Обухов</t>
   </si>
   <si>
     <t>Степан Матвеев</t>
-  </si>
-[...319 lines deleted...]
-    <t>Николай Обухов</t>
   </si>
   <si>
     <t>Ян Белевич</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1552,310 +1522,274 @@
       <c r="D43" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>130</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D44" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>133</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="C45" s="1"/>
+      <c r="D45" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>135</v>
+      </c>
+      <c r="C46" s="1"/>
+      <c r="D46" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="C47" s="1"/>
       <c r="D47" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="C48" s="1"/>
       <c r="D48" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="C49" s="1"/>
       <c r="D49" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>148</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="C50" s="1"/>
       <c r="D50" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
     </row>
     <row r="57" spans="1:4">
-      <c r="A57">
-[...1 lines deleted...]
-      </c>
       <c r="B57" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="C57" s="1"/>
-      <c r="D57" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="58" spans="1:4">
-      <c r="A58">
-[...1 lines deleted...]
-      </c>
       <c r="B58" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="C58" s="1"/>
-      <c r="D58" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="59" spans="1:4">
-      <c r="A59">
-[...1 lines deleted...]
-      </c>
       <c r="B59" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="C59" s="1"/>
-      <c r="D59" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="60" spans="1:4">
-      <c r="A60">
-[...1 lines deleted...]
-      </c>
       <c r="B60" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="C60" s="1"/>
-      <c r="D60" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="B61" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="C61" s="1"/>
     </row>
     <row r="62" spans="1:4">
       <c r="B62" t="s">
-        <v>172</v>
+        <v>162</v>
       </c>
       <c r="C62" s="1"/>
     </row>
     <row r="63" spans="1:4">
       <c r="B63" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="C63" s="1"/>
     </row>
     <row r="64" spans="1:4">
       <c r="B64" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="C64" s="1"/>
     </row>
     <row r="65" spans="1:4">
       <c r="B65" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="C65" s="1"/>
     </row>
     <row r="66" spans="1:4">
       <c r="B66" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="C66" s="1"/>
     </row>
     <row r="67" spans="1:4">
       <c r="B67" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="C67" s="1"/>
     </row>
     <row r="68" spans="1:4">
       <c r="B68" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="C68" s="1"/>
     </row>
     <row r="69" spans="1:4">
       <c r="B69" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="C69" s="1"/>
     </row>
     <row r="70" spans="1:4">
       <c r="B70" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="C70" s="1"/>
     </row>
     <row r="71" spans="1:4">
       <c r="B71" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="C71" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>