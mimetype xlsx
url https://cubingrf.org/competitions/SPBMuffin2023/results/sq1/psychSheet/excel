--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,291 +17,291 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Nikita Popkov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>10.78</t>
   </si>
   <si>
     <t>8.31</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
     <t>9.21</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>13.79</t>
   </si>
   <si>
     <t>11.46</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
     <t>12.30</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>17.46</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
+    <t>Степан Матвеев</t>
   </si>
   <si>
     <t>18.95</t>
   </si>
   <si>
     <t>15.83</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>22.24</t>
   </si>
   <si>
     <t>15.36</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>22.60</t>
   </si>
   <si>
     <t>16.90</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
-    <t>Mikhail Kuzin</t>
+    <t>Михаил Кузин</t>
   </si>
   <si>
     <t>26.20</t>
   </si>
   <si>
     <t>20.90</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
     <t>16.81</t>
   </si>
   <si>
-    <t>Aleksei Ushachev</t>
+    <t>Алексей Ушачев</t>
   </si>
   <si>
     <t>26.91</t>
   </si>
   <si>
     <t>17.18</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>14.97</t>
   </si>
   <si>
-    <t>Aleksandr Beznogov</t>
+    <t>Александр Безногов</t>
   </si>
   <si>
     <t>28.07</t>
   </si>
   <si>
     <t>17.37</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>34.12</t>
   </si>
   <si>
     <t>23.38</t>
   </si>
   <si>
-    <t>Gleb Batenin</t>
+    <t>Глеб Батенин</t>
   </si>
   <si>
     <t>35.78</t>
   </si>
   <si>
     <t>22.11</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>37.82</t>
   </si>
   <si>
     <t>32.80</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>42.13</t>
   </si>
   <si>
     <t>36.48</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>42.41</t>
   </si>
   <si>
     <t>34.45</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>43.21</t>
   </si>
   <si>
     <t>26.33</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>46.60</t>
   </si>
   <si>
     <t>23.66</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>43.85</t>
   </si>
   <si>
-    <t>Sergei Korobkin</t>
+    <t>Сергей Коробкин</t>
   </si>
   <si>
     <t>47.89</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>1:07.31</t>
   </si>
   <si>
-    <t>Ivan Novikov</t>
-[...5 lines deleted...]
-    <t>Nikolay Obukhov</t>
+    <t>Иван Новиков</t>
+  </si>
+  <si>
+    <t>Михаил Калашников</t>
+  </si>
+  <si>
+    <t>Николай Обухов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>