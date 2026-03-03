--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,281 +12,278 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
-    <t>6.16</t>
+    <t>6.81</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>10.78</t>
   </si>
   <si>
     <t>8.31</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
-    <t>9.21</t>
+    <t>9.65</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>13.79</t>
   </si>
   <si>
-    <t>11.46</t>
+    <t>11.24</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
     <t>12.30</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>17.46</t>
-[...2 lines deleted...]
-    <t>12.63</t>
+    <t>17.89</t>
+  </si>
+  <si>
+    <t>15.45</t>
+  </si>
+  <si>
+    <t>Богдан Землянский</t>
+  </si>
+  <si>
+    <t>22.24</t>
+  </si>
+  <si>
+    <t>15.36</t>
+  </si>
+  <si>
+    <t>Николай Одегов</t>
+  </si>
+  <si>
+    <t>22.60</t>
+  </si>
+  <si>
+    <t>16.90</t>
   </si>
   <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>18.95</t>
-[...20 lines deleted...]
-    <t>16.90</t>
+    <t>25.22</t>
+  </si>
+  <si>
+    <t>16.23</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>26.26</t>
+  </si>
+  <si>
+    <t>16.81</t>
+  </si>
+  <si>
+    <t>Алексей Ушачев</t>
+  </si>
+  <si>
+    <t>26.91</t>
+  </si>
+  <si>
+    <t>17.18</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>27.99</t>
+  </si>
+  <si>
+    <t>14.97</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>34.12</t>
+  </si>
+  <si>
+    <t>23.38</t>
+  </si>
+  <si>
     <t>Михаил Кузин</t>
   </si>
   <si>
-    <t>26.20</t>
-[...29 lines deleted...]
-    <t>14.97</t>
+    <t>35.28</t>
+  </si>
+  <si>
+    <t>23.93</t>
+  </si>
+  <si>
+    <t>Глеб Батенин</t>
+  </si>
+  <si>
+    <t>35.78</t>
+  </si>
+  <si>
+    <t>22.11</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>37.82</t>
+  </si>
+  <si>
+    <t>32.80</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
+  </si>
+  <si>
+    <t>42.13</t>
+  </si>
+  <si>
+    <t>36.48</t>
+  </si>
+  <si>
+    <t>Максим Козловский</t>
+  </si>
+  <si>
+    <t>42.41</t>
+  </si>
+  <si>
+    <t>34.45</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>43.21</t>
+  </si>
+  <si>
+    <t>26.33</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>44.29</t>
+  </si>
+  <si>
+    <t>23.66</t>
+  </si>
+  <si>
+    <t>Семен Авдеев</t>
+  </si>
+  <si>
+    <t>43.85</t>
+  </si>
+  <si>
+    <t>Сергей Коробкин</t>
+  </si>
+  <si>
+    <t>47.89</t>
   </si>
   <si>
     <t>Александр Безногов</t>
   </si>
   <si>
-    <t>28.07</t>
-[...77 lines deleted...]
-    <t>47.89</t>
+    <t>52.32</t>
   </si>
   <si>
     <t>Дарья Пойда</t>
   </si>
   <si>
     <t>1:07.31</t>
   </si>
   <si>
     <t>Иван Новиков</t>
   </si>
   <si>
     <t>Михаил Калашников</t>
   </si>
   <si>
     <t>Николай Обухов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -958,108 +955,106 @@
       <c r="D22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D23" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="C24" s="1"/>
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="B28" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C28" s="1"/>
     </row>
     <row r="29" spans="1:4">
       <c r="B29" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C29" s="1"/>
     </row>
     <row r="30" spans="1:4">
       <c r="B30" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C30" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>