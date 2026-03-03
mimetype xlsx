--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -47,141 +47,138 @@
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>7.07</t>
   </si>
   <si>
     <t>5.44</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
-    <t>7.53</t>
-[...2 lines deleted...]
-    <t>6.39</t>
+    <t>7.38</t>
   </si>
   <si>
     <t>Никита Малыхин</t>
   </si>
   <si>
     <t>7.65</t>
   </si>
   <si>
     <t>6.06</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
     <t>5.60</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>7.93</t>
+  </si>
+  <si>
+    <t>6.60</t>
+  </si>
+  <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
-    <t>7.83</t>
-[...8 lines deleted...]
-    <t>6.60</t>
+    <t>7.98</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>6.28</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
     <t>6.24</t>
   </si>
   <si>
+    <t>Филипп Радинский</t>
+  </si>
+  <si>
+    <t>8.29</t>
+  </si>
+  <si>
+    <t>6.35</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>8.53</t>
+  </si>
+  <si>
+    <t>7.17</t>
+  </si>
+  <si>
     <t>Павел Галактионов</t>
   </si>
   <si>
-    <t>8.27</t>
+    <t>8.58</t>
   </si>
   <si>
     <t>6.27</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
-[...16 lines deleted...]
-  <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>8.60</t>
   </si>
   <si>
-    <t>7.40</t>
+    <t>7.20</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>8.65</t>
   </si>
   <si>
     <t>6.94</t>
   </si>
   <si>
     <t>Никита Платонов</t>
   </si>
   <si>
     <t>8.68</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
@@ -194,876 +191,879 @@
   <si>
     <t>9.10</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>9.40</t>
   </si>
   <si>
     <t>8.21</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
-    <t>9.64</t>
+    <t>9.73</t>
   </si>
   <si>
     <t>7.61</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>9.78</t>
   </si>
   <si>
     <t>8.19</t>
   </si>
   <si>
     <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>9.90</t>
   </si>
   <si>
     <t>8.32</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>9.94</t>
+  </si>
+  <si>
+    <t>8.62</t>
+  </si>
+  <si>
     <t>Руслан Романенко</t>
   </si>
   <si>
-    <t>10.06</t>
-[...2 lines deleted...]
-    <t>7.47</t>
+    <t>10.26</t>
+  </si>
+  <si>
+    <t>8.33</t>
   </si>
   <si>
     <t>Петр Бухаров</t>
   </si>
   <si>
     <t>10.30</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>10.33</t>
   </si>
   <si>
     <t>7.91</t>
   </si>
   <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>10.59</t>
+  </si>
+  <si>
+    <t>9.12</t>
+  </si>
+  <si>
+    <t>Михаил Николаев</t>
+  </si>
+  <si>
+    <t>10.64</t>
+  </si>
+  <si>
+    <t>8.87</t>
+  </si>
+  <si>
     <t>Мстислав Слабинский</t>
   </si>
   <si>
     <t>10.76</t>
   </si>
   <si>
     <t>8.81</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
+    <t>Фёдор Улитовский</t>
   </si>
   <si>
     <t>10.93</t>
   </si>
   <si>
-    <t>8.62</t>
+    <t>9.39</t>
   </si>
   <si>
     <t>Вячеслав Сухарев</t>
   </si>
   <si>
     <t>11.03</t>
   </si>
   <si>
     <t>9.80</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
+    <t>9.51</t>
+  </si>
+  <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>11.17</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
   <si>
     <t>Дмитрий Резяпкин</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
-    <t>Михаил Николаев</t>
-[...16 lines deleted...]
-  <si>
     <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
     <t>9.36</t>
   </si>
   <si>
-    <t>Фёдор Улитовский</t>
+    <t>Артём Курицын</t>
+  </si>
+  <si>
+    <t>11.30</t>
+  </si>
+  <si>
+    <t>10.43</t>
+  </si>
+  <si>
+    <t>Максим Темнышов</t>
+  </si>
+  <si>
+    <t>11.72</t>
+  </si>
+  <si>
+    <t>9.53</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>11.73</t>
+  </si>
+  <si>
+    <t>9.58</t>
+  </si>
+  <si>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>11.76</t>
+  </si>
+  <si>
+    <t>9.09</t>
+  </si>
+  <si>
+    <t>Амин Ашоур</t>
+  </si>
+  <si>
+    <t>12.02</t>
+  </si>
+  <si>
+    <t>11.39</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
+  </si>
+  <si>
+    <t>12.09</t>
+  </si>
+  <si>
+    <t>9.44</t>
+  </si>
+  <si>
+    <t>Анастасия Регонен</t>
+  </si>
+  <si>
+    <t>12.35</t>
+  </si>
+  <si>
+    <t>9.68</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>12.36</t>
+  </si>
+  <si>
+    <t>10.66</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>12.63</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>12.77</t>
+  </si>
+  <si>
+    <t>9.84</t>
+  </si>
+  <si>
+    <t>Александр Хренов</t>
+  </si>
+  <si>
+    <t>12.93</t>
+  </si>
+  <si>
+    <t>9.67</t>
+  </si>
+  <si>
+    <t>Матвей Тянутов</t>
+  </si>
+  <si>
+    <t>12.96</t>
+  </si>
+  <si>
+    <t>10.53</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>13.08</t>
+  </si>
+  <si>
+    <t>10.72</t>
+  </si>
+  <si>
+    <t>Владислав Затолокин</t>
+  </si>
+  <si>
+    <t>13.13</t>
   </si>
   <si>
     <t>11.29</t>
   </si>
   <si>
-    <t>9.39</t>
-[...80 lines deleted...]
-    <t>8.58</t>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>13.31</t>
+  </si>
+  <si>
+    <t>10.22</t>
+  </si>
+  <si>
+    <t>Лука Лукаш</t>
+  </si>
+  <si>
+    <t>13.63</t>
+  </si>
+  <si>
+    <t>11.05</t>
+  </si>
+  <si>
+    <t>Дарья Пойда</t>
+  </si>
+  <si>
+    <t>13.80</t>
+  </si>
+  <si>
+    <t>11.91</t>
+  </si>
+  <si>
+    <t>Александр Минко</t>
+  </si>
+  <si>
+    <t>13.88</t>
+  </si>
+  <si>
+    <t>11.95</t>
+  </si>
+  <si>
+    <t>Никита Шихалиев</t>
+  </si>
+  <si>
+    <t>14.06</t>
+  </si>
+  <si>
+    <t>13.03</t>
+  </si>
+  <si>
+    <t>Максим Чечнев</t>
+  </si>
+  <si>
+    <t>14.32</t>
+  </si>
+  <si>
+    <t>11.97</t>
+  </si>
+  <si>
+    <t>Юрий Гринчий</t>
+  </si>
+  <si>
+    <t>14.50</t>
+  </si>
+  <si>
+    <t>12.54</t>
+  </si>
+  <si>
+    <t>Николай Одегов</t>
+  </si>
+  <si>
+    <t>14.63</t>
+  </si>
+  <si>
+    <t>12.78</t>
   </si>
   <si>
     <t>Мария Жиц</t>
   </si>
   <si>
-    <t>12.70</t>
-[...113 lines deleted...]
-    <t>12.78</t>
+    <t>14.64</t>
+  </si>
+  <si>
+    <t>12.21</t>
   </si>
   <si>
     <t>Иван Смирнов</t>
   </si>
   <si>
     <t>14.74</t>
   </si>
   <si>
     <t>12.48</t>
   </si>
   <si>
+    <t>Александр Катюков</t>
+  </si>
+  <si>
+    <t>15.16</t>
+  </si>
+  <si>
+    <t>12.84</t>
+  </si>
+  <si>
     <t>Адриан Довгаль</t>
   </si>
   <si>
-    <t>14.97</t>
-[...8 lines deleted...]
-    <t>10.01</t>
+    <t>15.32</t>
+  </si>
+  <si>
+    <t>13.06</t>
   </si>
   <si>
     <t>Богдан Кашин</t>
   </si>
   <si>
     <t>15.37</t>
   </si>
   <si>
-    <t>12.12</t>
+    <t>12.83</t>
   </si>
   <si>
     <t>Дмитрий Лукашонок</t>
   </si>
   <si>
     <t>15.40</t>
   </si>
   <si>
     <t>12.80</t>
   </si>
   <si>
     <t>Георгий Исанов</t>
   </si>
   <si>
     <t>15.44</t>
   </si>
   <si>
-    <t>13.85</t>
-[...1 lines deleted...]
-  <si>
     <t>Илья Посевкин</t>
   </si>
   <si>
     <t>15.49</t>
   </si>
   <si>
-    <t>13.32</t>
+    <t>Виктор Герман</t>
+  </si>
+  <si>
+    <t>15.54</t>
+  </si>
+  <si>
+    <t>11.86</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
     <t>Дониëр Насыров</t>
   </si>
   <si>
     <t>16.04</t>
   </si>
   <si>
     <t>10.28</t>
   </si>
   <si>
+    <t>Семен Кудрявцев</t>
+  </si>
+  <si>
+    <t>16.55</t>
+  </si>
+  <si>
+    <t>13.41</t>
+  </si>
+  <si>
     <t>Александр Калинин</t>
   </si>
   <si>
     <t>16.73</t>
   </si>
   <si>
     <t>13.36</t>
   </si>
   <si>
     <t>Максим Беляев</t>
   </si>
   <si>
     <t>17.34</t>
   </si>
   <si>
     <t>13.82</t>
   </si>
   <si>
-    <t>Виктор Герман</t>
-[...7 lines deleted...]
-  <si>
     <t>Денис Муслюмов</t>
   </si>
   <si>
     <t>17.70</t>
   </si>
   <si>
     <t>14.59</t>
   </si>
   <si>
-    <t>Семен Кудрявцев</t>
-[...7 lines deleted...]
-  <si>
     <t>Диана Мурник</t>
   </si>
   <si>
     <t>18.23</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>Василий Афонин</t>
   </si>
   <si>
     <t>18.30</t>
   </si>
   <si>
     <t>12.34</t>
   </si>
   <si>
     <t>Антон Душенков</t>
   </si>
   <si>
     <t>18.68</t>
   </si>
   <si>
     <t>16.22</t>
   </si>
   <si>
     <t>Артём Лян</t>
   </si>
   <si>
     <t>18.74</t>
   </si>
   <si>
     <t>17.42</t>
   </si>
   <si>
     <t>Владислав Кравченко</t>
   </si>
   <si>
     <t>18.79</t>
   </si>
   <si>
-    <t>16.71</t>
+    <t>16.83</t>
   </si>
   <si>
     <t>Дмитрий Ильин</t>
   </si>
   <si>
     <t>19.30</t>
   </si>
   <si>
     <t>12.13</t>
   </si>
   <si>
     <t>Данил Глаголев</t>
   </si>
   <si>
     <t>19.83</t>
   </si>
   <si>
     <t>15.94</t>
   </si>
   <si>
+    <t>Тимофей Ольшаников</t>
+  </si>
+  <si>
+    <t>20.55</t>
+  </si>
+  <si>
+    <t>16.19</t>
+  </si>
+  <si>
+    <t>Пётр Шипицин</t>
+  </si>
+  <si>
+    <t>21.47</t>
+  </si>
+  <si>
+    <t>17.48</t>
+  </si>
+  <si>
+    <t>Станислав Грибанов</t>
+  </si>
+  <si>
+    <t>21.78</t>
+  </si>
+  <si>
+    <t>17.89</t>
+  </si>
+  <si>
+    <t>Михаил Курицын</t>
+  </si>
+  <si>
+    <t>22.29</t>
+  </si>
+  <si>
+    <t>19.60</t>
+  </si>
+  <si>
     <t>Артём Федулов</t>
   </si>
   <si>
-    <t>20.09</t>
-[...38 lines deleted...]
-    <t>19.60</t>
+    <t>22.59</t>
+  </si>
+  <si>
+    <t>17.92</t>
+  </si>
+  <si>
+    <t>Роман Фотиев</t>
+  </si>
+  <si>
+    <t>22.74</t>
+  </si>
+  <si>
+    <t>17.57</t>
+  </si>
+  <si>
+    <t>Виктор Иванов</t>
+  </si>
+  <si>
+    <t>22.81</t>
+  </si>
+  <si>
+    <t>19.10</t>
+  </si>
+  <si>
+    <t>Иван Королев</t>
+  </si>
+  <si>
+    <t>23.02</t>
+  </si>
+  <si>
+    <t>21.36</t>
+  </si>
+  <si>
+    <t>Александр Смирнов</t>
+  </si>
+  <si>
+    <t>23.27</t>
+  </si>
+  <si>
+    <t>19.44</t>
+  </si>
+  <si>
+    <t>Алексей Фролов</t>
+  </si>
+  <si>
+    <t>23.82</t>
+  </si>
+  <si>
+    <t>19.68</t>
+  </si>
+  <si>
+    <t>Василий Багаев</t>
+  </si>
+  <si>
+    <t>24.22</t>
+  </si>
+  <si>
+    <t>19.94</t>
+  </si>
+  <si>
+    <t>Лев Кураев</t>
+  </si>
+  <si>
+    <t>24.44</t>
+  </si>
+  <si>
+    <t>20.54</t>
+  </si>
+  <si>
+    <t>Александр Говорков</t>
+  </si>
+  <si>
+    <t>25.23</t>
+  </si>
+  <si>
+    <t>21.39</t>
+  </si>
+  <si>
+    <t>Екатерина Кусачева</t>
+  </si>
+  <si>
+    <t>25.65</t>
+  </si>
+  <si>
+    <t>23.25</t>
+  </si>
+  <si>
+    <t>Женя Кукушкин</t>
+  </si>
+  <si>
+    <t>26.27</t>
+  </si>
+  <si>
+    <t>20.84</t>
+  </si>
+  <si>
+    <t>Иван Семенов</t>
+  </si>
+  <si>
+    <t>27.33</t>
+  </si>
+  <si>
+    <t>24.76</t>
+  </si>
+  <si>
+    <t>Давид Меликян</t>
+  </si>
+  <si>
+    <t>30.42</t>
+  </si>
+  <si>
+    <t>23.78</t>
+  </si>
+  <si>
+    <t>Максимилиан Бухвалов</t>
+  </si>
+  <si>
+    <t>30.46</t>
+  </si>
+  <si>
+    <t>26.78</t>
+  </si>
+  <si>
+    <t>Матвей Каблуков</t>
+  </si>
+  <si>
+    <t>32.94</t>
+  </si>
+  <si>
+    <t>25.35</t>
+  </si>
+  <si>
+    <t>Семён Гарасим</t>
+  </si>
+  <si>
+    <t>33.05</t>
+  </si>
+  <si>
+    <t>29.83</t>
+  </si>
+  <si>
+    <t>Андрей Артеменко</t>
+  </si>
+  <si>
+    <t>33.58</t>
+  </si>
+  <si>
+    <t>25.24</t>
+  </si>
+  <si>
+    <t>Александр Савченко</t>
+  </si>
+  <si>
+    <t>34.04</t>
+  </si>
+  <si>
+    <t>30.71</t>
+  </si>
+  <si>
+    <t>Максим Килов</t>
+  </si>
+  <si>
+    <t>34.61</t>
+  </si>
+  <si>
+    <t>28.87</t>
+  </si>
+  <si>
+    <t>Артемий Савченко</t>
+  </si>
+  <si>
+    <t>35.13</t>
+  </si>
+  <si>
+    <t>24.95</t>
+  </si>
+  <si>
+    <t>Матвей Красник</t>
+  </si>
+  <si>
+    <t>35.51</t>
+  </si>
+  <si>
+    <t>30.83</t>
+  </si>
+  <si>
+    <t>Георгий Макаров</t>
+  </si>
+  <si>
+    <t>35.60</t>
+  </si>
+  <si>
+    <t>30.22</t>
+  </si>
+  <si>
+    <t>Тимофей Дмитриев</t>
+  </si>
+  <si>
+    <t>36.04</t>
+  </si>
+  <si>
+    <t>28.75</t>
+  </si>
+  <si>
+    <t>Вячеслав Киселёв</t>
+  </si>
+  <si>
+    <t>36.67</t>
+  </si>
+  <si>
+    <t>31.85</t>
+  </si>
+  <si>
+    <t>Владимир Кукушкин</t>
+  </si>
+  <si>
+    <t>37.28</t>
+  </si>
+  <si>
+    <t>32.19</t>
+  </si>
+  <si>
+    <t>Николай Романов-Африкантов</t>
+  </si>
+  <si>
+    <t>38.49</t>
+  </si>
+  <si>
+    <t>31.28</t>
+  </si>
+  <si>
+    <t>Матвей Лухин</t>
+  </si>
+  <si>
+    <t>39.26</t>
+  </si>
+  <si>
+    <t>31.70</t>
+  </si>
+  <si>
+    <t>Матвей Лебедев</t>
+  </si>
+  <si>
+    <t>39.73</t>
+  </si>
+  <si>
+    <t>28.47</t>
   </si>
   <si>
     <t>Андрей Федулов</t>
   </si>
   <si>
-    <t>22.40</t>
-[...245 lines deleted...]
-    <t>28.47</t>
+    <t>40.53</t>
+  </si>
+  <si>
+    <t>24.00</t>
   </si>
   <si>
     <t>Ян Душенков</t>
   </si>
   <si>
     <t>42.68</t>
   </si>
   <si>
     <t>34.36</t>
   </si>
   <si>
     <t>Максим Пестов</t>
   </si>
   <si>
     <t>42.90</t>
   </si>
   <si>
     <t>37.09</t>
   </si>
   <si>
     <t>Мария Белоглазова</t>
   </si>
   <si>
     <t>45.11</t>
   </si>
@@ -1546,429 +1546,429 @@
     <row r="3" spans="1:4">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="D5" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="D6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>29</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>38</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>53</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>56</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>58</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>61</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>64</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>67</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>70</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>73</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>76</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>78</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>81</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>84</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>90</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D32" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>94</v>
@@ -2134,135 +2134,135 @@
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>129</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D45" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>132</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D46" t="s">
-        <v>134</v>
+        <v>36</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>134</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>137</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>140</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>143</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>146</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>149</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>152</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D53" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>155</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>156</v>
@@ -2302,177 +2302,177 @@
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>164</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D57" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>167</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D58" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D59" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D60" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D61" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D62" t="s">
-        <v>130</v>
+        <v>181</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D63" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D64" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D65" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D66" t="s">
-        <v>191</v>
+        <v>141</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D67" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>195</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>196</v>
       </c>
       <c r="D68" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>198</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>199</v>