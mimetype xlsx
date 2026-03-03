--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,346 +12,355 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>10.77</t>
+  </si>
+  <si>
+    <t>9.42</t>
+  </si>
+  <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>8.76</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
-[...7 lines deleted...]
-  <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>12.67</t>
+  </si>
+  <si>
+    <t>10.78</t>
+  </si>
+  <si>
     <t>Павел Галактионов</t>
   </si>
   <si>
-    <t>11.71</t>
-[...11 lines deleted...]
-    <t>10.82</t>
+    <t>13.48</t>
+  </si>
+  <si>
+    <t>9.64</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
+    <t>10.35</t>
   </si>
   <si>
     <t>Никита Малыхин</t>
   </si>
   <si>
     <t>14.23</t>
   </si>
   <si>
     <t>11.40</t>
   </si>
   <si>
     <t>Руслан Романенко</t>
   </si>
   <si>
     <t>14.39</t>
   </si>
   <si>
-    <t>10.89</t>
+    <t>12.64</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
   </si>
   <si>
     <t>Никита Платонов</t>
   </si>
   <si>
     <t>15.85</t>
   </si>
   <si>
     <t>12.60</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>15.89</t>
   </si>
   <si>
     <t>11.99</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
     <t>Максим Темнышов</t>
   </si>
   <si>
     <t>16.71</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>17.59</t>
+  </si>
+  <si>
+    <t>13.22</t>
+  </si>
+  <si>
+    <t>Петр Бухаров</t>
+  </si>
+  <si>
+    <t>17.90</t>
+  </si>
+  <si>
+    <t>15.22</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
+  </si>
+  <si>
+    <t>18.22</t>
+  </si>
+  <si>
+    <t>14.24</t>
+  </si>
+  <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
-    <t>17.56</t>
-[...29 lines deleted...]
-    <t>14.24</t>
+    <t>18.32</t>
+  </si>
+  <si>
+    <t>15.37</t>
   </si>
   <si>
     <t>Мстислав Слабинский</t>
   </si>
   <si>
     <t>18.67</t>
   </si>
   <si>
     <t>15.64</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>19.03</t>
   </si>
   <si>
     <t>14.44</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>19.48</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>19.67</t>
+  </si>
+  <si>
+    <t>14.35</t>
+  </si>
+  <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>19.81</t>
   </si>
   <si>
-    <t>15.25</t>
-[...8 lines deleted...]
-    <t>14.35</t>
+    <t>15.07</t>
   </si>
   <si>
     <t>Дмитрий Резяпкин</t>
   </si>
   <si>
     <t>20.79</t>
   </si>
   <si>
     <t>14.98</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
     <t>Михаил Николаев</t>
   </si>
   <si>
-    <t>22.47</t>
+    <t>22.10</t>
   </si>
   <si>
     <t>16.12</t>
   </si>
   <si>
     <t>Анастасия Регонен</t>
   </si>
   <si>
-    <t>23.38</t>
+    <t>24.60</t>
   </si>
   <si>
     <t>19.56</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>24.90</t>
   </si>
   <si>
     <t>20.20</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>24.94</t>
   </si>
   <si>
     <t>17.83</t>
   </si>
   <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>26.44</t>
+  </si>
+  <si>
+    <t>22.35</t>
+  </si>
+  <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>27.06</t>
   </si>
   <si>
     <t>23.50</t>
   </si>
   <si>
     <t>Георгий Исанов</t>
   </si>
   <si>
     <t>27.33</t>
   </si>
   <si>
     <t>21.14</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>27.40</t>
   </si>
   <si>
     <t>21.61</t>
@@ -362,59 +371,50 @@
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>24.12</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
     <t>Лука Лукаш</t>
   </si>
   <si>
     <t>29.84</t>
   </si>
   <si>
     <t>23.69</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...7 lines deleted...]
-  <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>31.64</t>
   </si>
   <si>
     <t>24.74</t>
@@ -455,60 +455,60 @@
   <si>
     <t>29.36</t>
   </si>
   <si>
     <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>32.87</t>
   </si>
   <si>
     <t>27.18</t>
   </si>
   <si>
     <t>Илья Посевкин</t>
   </si>
   <si>
     <t>33.32</t>
   </si>
   <si>
     <t>27.46</t>
   </si>
   <si>
     <t>Егор Еремин</t>
   </si>
   <si>
-    <t>34.81</t>
-[...2 lines deleted...]
-    <t>27.99</t>
+    <t>33.93</t>
+  </si>
+  <si>
+    <t>27.88</t>
   </si>
   <si>
     <t>Богдан Кашин</t>
   </si>
   <si>
-    <t>35.07</t>
+    <t>35.85</t>
   </si>
   <si>
     <t>21.33</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
     <t>31.93</t>
   </si>
   <si>
     <t>Вячеслав Сухарев</t>
   </si>
   <si>
     <t>38.81</t>
   </si>
   <si>
     <t>35.11</t>
   </si>
   <si>
     <t>Максим Беляев</t>
   </si>
@@ -545,90 +545,87 @@
   <si>
     <t>34.79</t>
   </si>
   <si>
     <t>Виктор Иванов</t>
   </si>
   <si>
     <t>48.58</t>
   </si>
   <si>
     <t>42.84</t>
   </si>
   <si>
     <t>Данил Глаголев</t>
   </si>
   <si>
     <t>49.37</t>
   </si>
   <si>
     <t>40.90</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
-    <t>51.53</t>
-[...2 lines deleted...]
-    <t>39.74</t>
+    <t>50.37</t>
+  </si>
+  <si>
+    <t>42.66</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>1:01.64</t>
-[...2 lines deleted...]
-    <t>43.61</t>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
+  </si>
+  <si>
+    <t>Антон Душенков</t>
+  </si>
+  <si>
+    <t>54.08</t>
+  </si>
+  <si>
+    <t>Александр Смирнов</t>
+  </si>
+  <si>
+    <t>58.77</t>
+  </si>
+  <si>
+    <t>Мария Белоглазова</t>
+  </si>
+  <si>
+    <t>1:00.63</t>
   </si>
   <si>
     <t>Александр Говорков</t>
   </si>
   <si>
-    <t>1:10.21</t>
-[...20 lines deleted...]
-    <t>1:00.63</t>
+    <t>1:09.17</t>
   </si>
   <si>
     <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>1:21.47</t>
   </si>
   <si>
     <t>Ян Душенков</t>
   </si>
   <si>
     <t>1:29.01</t>
   </si>
   <si>
     <t>Георгий Макаров</t>
   </si>
   <si>
     <t>1:40.40</t>
   </si>
   <si>
     <t>Андрей Шевелёв</t>
   </si>
   <si>
     <t>Артём Лян</t>
   </si>
@@ -1865,186 +1862,184 @@
       <c r="D60" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>179</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>180</v>
       </c>
       <c r="D61" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>182</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="C62" s="1"/>
+      <c r="D62" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C63" s="1"/>
       <c r="D63" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C65" s="1"/>
       <c r="D65" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C66" s="1"/>
       <c r="D66" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C67" s="1"/>
       <c r="D67" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C68" s="1"/>
       <c r="D68" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="B69" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C69" s="1"/>
     </row>
     <row r="70" spans="1:4">
       <c r="B70" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C70" s="1"/>
     </row>
     <row r="71" spans="1:4">
       <c r="B71" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C71" s="1"/>
     </row>
     <row r="72" spans="1:4">
       <c r="B72" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C72" s="1"/>
     </row>
     <row r="73" spans="1:4">
       <c r="B73" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C73" s="1"/>
     </row>
     <row r="74" spans="1:4">
       <c r="B74" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C74" s="1"/>
     </row>
     <row r="75" spans="1:4">
       <c r="B75" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C75" s="1"/>
     </row>
     <row r="76" spans="1:4">
       <c r="B76" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C76" s="1"/>
     </row>
     <row r="77" spans="1:4">
       <c r="B77" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C77" s="1"/>
     </row>
     <row r="78" spans="1:4">
       <c r="B78" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C78" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>