--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,618 +17,618 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>58.84</t>
   </si>
   <si>
     <t>53.58</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>1:00.60</t>
   </si>
   <si>
     <t>51.01</t>
   </si>
   <si>
-    <t>Danila Ryabinin</t>
+    <t>Данила Рябинин</t>
   </si>
   <si>
     <t>1:00.93</t>
   </si>
   <si>
     <t>55.69</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>1:04.46</t>
   </si>
   <si>
     <t>52.77</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
-    <t>Pavel Galaktionov</t>
+    <t>Павел Галактионов</t>
   </si>
   <si>
     <t>1:06.07</t>
   </si>
   <si>
     <t>55.70</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>1:09.32</t>
+  </si>
+  <si>
+    <t>1:00.05</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:10.82</t>
   </si>
   <si>
     <t>1:03.16</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
-[...8 lines deleted...]
-    <t>Nikita Malykhin</t>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
     <t>1:03.58</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
+    <t>Георгий Исанов</t>
   </si>
   <si>
     <t>1:12.13</t>
   </si>
   <si>
-    <t>1:03.60</t>
-[...2 lines deleted...]
-    <t>Nikolay Vasilyev</t>
+    <t>1:03.35</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>1:12.60</t>
   </si>
   <si>
     <t>1:07.88</t>
   </si>
   <si>
-    <t>Mikhail Nikolayev</t>
+    <t>Михаил Николаев</t>
   </si>
   <si>
     <t>1:13.64</t>
   </si>
   <si>
     <t>1:08.69</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>1:14.68</t>
   </si>
   <si>
     <t>1:09.34</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>1:17.68</t>
   </si>
   <si>
     <t>1:11.67</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>1:18.31</t>
   </si>
   <si>
     <t>1:08.33</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:24.08</t>
   </si>
   <si>
     <t>1:18.02</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:27.68</t>
   </si>
   <si>
     <t>1:21.00</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>1:30.99</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Ivan Voroshilov</t>
+    <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>1:31.49</t>
   </si>
   <si>
     <t>1:26.03</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>1:31.56</t>
   </si>
   <si>
     <t>1:23.60</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>1:32.17</t>
   </si>
   <si>
     <t>1:25.13</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
-[...2 lines deleted...]
-    <t>1:33.52</t>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>1:32.71</t>
   </si>
   <si>
     <t>1:24.75</t>
   </si>
   <si>
-    <t>Yuriy Grinchiy</t>
+    <t>Юрий Гринчий</t>
   </si>
   <si>
     <t>1:37.01</t>
   </si>
   <si>
     <t>1:17.92</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>1:37.71</t>
   </si>
   <si>
     <t>1:29.79</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:37.81</t>
   </si>
   <si>
-    <t>1:29.33</t>
-[...2 lines deleted...]
-    <t>Maria Zhits</t>
+    <t>1:28.93</t>
+  </si>
+  <si>
+    <t>Мария Жиц</t>
   </si>
   <si>
     <t>1:39.23</t>
   </si>
   <si>
     <t>1:28.18</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:43.81</t>
   </si>
   <si>
     <t>1:31.12</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>1:45.42</t>
   </si>
   <si>
     <t>1:35.79</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>1:47.04</t>
   </si>
   <si>
-    <t>1:39.44</t>
-[...2 lines deleted...]
-    <t>Darʹya Poyda</t>
+    <t>1:37.99</t>
+  </si>
+  <si>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>1:47.07</t>
   </si>
   <si>
     <t>1:39.95</t>
   </si>
   <si>
-    <t>Ilya Posevkin</t>
+    <t>Илья Посевкин</t>
   </si>
   <si>
     <t>1:47.10</t>
   </si>
   <si>
     <t>1:33.71</t>
   </si>
   <si>
-    <t>Nikita Shihaliev</t>
+    <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>1:48.11</t>
   </si>
   <si>
     <t>1:37.14</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>1:48.63</t>
   </si>
   <si>
     <t>1:37.84</t>
   </si>
   <si>
-    <t>Mstislav Slabinskiy</t>
+    <t>Мстислав Слабинский</t>
   </si>
   <si>
     <t>1:51.73</t>
   </si>
   <si>
     <t>1:42.07</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:52.99</t>
   </si>
   <si>
     <t>1:43.38</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>1:53.16</t>
   </si>
   <si>
     <t>1:46.27</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>1:55.84</t>
   </si>
   <si>
     <t>1:40.76</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>1:56.50</t>
   </si>
   <si>
     <t>1:41.64</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>1:56.99</t>
   </si>
   <si>
     <t>1:47.27</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>1:57.53</t>
   </si>
   <si>
     <t>1:42.19</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>2:11.42</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Maksim Beliaev</t>
+    <t>Максим Беляев</t>
   </si>
   <si>
     <t>2:11.71</t>
   </si>
   <si>
     <t>1:58.70</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>2:13.32</t>
   </si>
   <si>
     <t>1:57.32</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>2:13.45</t>
   </si>
   <si>
     <t>2:02.20</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>2:15.07</t>
   </si>
   <si>
     <t>1:50.17</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>2:17.96</t>
   </si>
   <si>
     <t>2:04.49</t>
   </si>
   <si>
-    <t>Vasily Afonin</t>
+    <t>Василий Афонин</t>
   </si>
   <si>
     <t>2:23.56</t>
   </si>
   <si>
     <t>2:04.91</t>
   </si>
   <si>
-    <t>Dmitriy Lukashonok</t>
+    <t>Дмитрий Лукашонок</t>
   </si>
   <si>
     <t>2:25.13</t>
   </si>
   <si>
     <t>1:59.27</t>
   </si>
   <si>
-    <t>Anton Dushenkov</t>
+    <t>Антон Душенков</t>
   </si>
   <si>
     <t>2:42.55</t>
   </si>
   <si>
     <t>2:25.85</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>3:05.17</t>
   </si>
   <si>
     <t>2:40.12</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
+    <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>3:15.18</t>
   </si>
   <si>
     <t>2:19.92</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>2:06.31</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:18.18</t>
   </si>
   <si>
-    <t>Dmitry Ilin</t>
+    <t>Дмитрий Ильин</t>
   </si>
   <si>
     <t>2:19.52</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>2:26.15</t>
   </si>
   <si>
-    <t>Lev Kuraev</t>
+    <t>Лев Кураев</t>
   </si>
   <si>
     <t>2:37.01</t>
   </si>
   <si>
-    <t>Andrey Shevelev</t>
-[...41 lines deleted...]
-    <t>Yan Dushenkov</t>
+    <t>Андрей Шевелёв</t>
+  </si>
+  <si>
+    <t>Артём Лян</t>
+  </si>
+  <si>
+    <t>Богдан Кашин</t>
+  </si>
+  <si>
+    <t>Владимир Кукушкин</t>
+  </si>
+  <si>
+    <t>Владислав Кравченко</t>
+  </si>
+  <si>
+    <t>Вячеслав Сухарев</t>
+  </si>
+  <si>
+    <t>Георгий Макаров</t>
+  </si>
+  <si>
+    <t>Денис Муслюмов</t>
+  </si>
+  <si>
+    <t>Женя Кукушкин</t>
+  </si>
+  <si>
+    <t>Макар Якупан</t>
+  </si>
+  <si>
+    <t>Максимилиан Бухвалов</t>
+  </si>
+  <si>
+    <t>Матвей Каблуков</t>
+  </si>
+  <si>
+    <t>Роман Закоулов</t>
+  </si>
+  <si>
+    <t>Руслан Романенко</t>
+  </si>
+  <si>
+    <t>Ян Душенков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -951,51 +951,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C75" sqref="C75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>