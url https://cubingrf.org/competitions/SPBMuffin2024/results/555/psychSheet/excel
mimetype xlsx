--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -44,216 +44,225 @@
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>58.68</t>
+  </si>
+  <si>
+    <t>51.01</t>
+  </si>
+  <si>
     <t>Никита Попков</t>
   </si>
   <si>
-    <t>58.84</t>
-[...11 lines deleted...]
-    <t>51.01</t>
+    <t>1:00.12</t>
+  </si>
+  <si>
+    <t>49.14</t>
   </si>
   <si>
     <t>Данила Рябинин</t>
   </si>
   <si>
     <t>1:00.93</t>
   </si>
   <si>
     <t>55.69</t>
   </si>
   <si>
+    <t>Михаил Николаев</t>
+  </si>
+  <si>
+    <t>1:04.10</t>
+  </si>
+  <si>
+    <t>56.11</t>
+  </si>
+  <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>1:04.46</t>
   </si>
   <si>
     <t>52.77</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
     <t>Павел Галактионов</t>
   </si>
   <si>
     <t>1:06.07</t>
   </si>
   <si>
     <t>55.70</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
+    <t>57.96</t>
+  </si>
+  <si>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>1:09.78</t>
+  </si>
+  <si>
+    <t>1:03.35</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>1:10.43</t>
+  </si>
+  <si>
+    <t>1:07.88</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:10.82</t>
   </si>
   <si>
     <t>1:03.16</t>
   </si>
   <si>
     <t>Никита Малыхин</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>1:03.58</t>
-[...26 lines deleted...]
-    <t>1:08.69</t>
+    <t>1:04.59</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>1:16.42</t>
+  </si>
+  <si>
+    <t>1:08.33</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
-    <t>1:14.68</t>
-[...2 lines deleted...]
-    <t>1:09.34</t>
+    <t>1:16.84</t>
+  </si>
+  <si>
+    <t>1:06.32</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>1:17.68</t>
   </si>
   <si>
     <t>1:11.67</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
-[...7 lines deleted...]
-  <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:24.08</t>
   </si>
   <si>
     <t>1:18.02</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:27.68</t>
   </si>
   <si>
     <t>1:21.00</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>1:29.46</t>
+  </si>
+  <si>
+    <t>1:10.33</t>
+  </si>
+  <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>1:30.99</t>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
     <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>1:31.49</t>
   </si>
   <si>
     <t>1:26.03</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>1:31.56</t>
   </si>
   <si>
     <t>1:23.60</t>
   </si>
   <si>
     <t>Никита Платонов</t>
   </si>
@@ -287,50 +296,59 @@
   <si>
     <t>1:37.71</t>
   </si>
   <si>
     <t>1:29.79</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:37.81</t>
   </si>
   <si>
     <t>1:28.93</t>
   </si>
   <si>
     <t>Мария Жиц</t>
   </si>
   <si>
     <t>1:39.23</t>
   </si>
   <si>
     <t>1:28.18</t>
   </si>
   <si>
+    <t>Мстислав Слабинский</t>
+  </si>
+  <si>
+    <t>1:42.15</t>
+  </si>
+  <si>
+    <t>1:26.17</t>
+  </si>
+  <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:43.81</t>
   </si>
   <si>
     <t>1:31.12</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>1:45.42</t>
   </si>
   <si>
     <t>1:35.79</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>1:47.04</t>
   </si>
   <si>
     <t>1:37.99</t>
@@ -350,201 +368,183 @@
   <si>
     <t>1:47.10</t>
   </si>
   <si>
     <t>1:33.71</t>
   </si>
   <si>
     <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>1:48.11</t>
   </si>
   <si>
     <t>1:37.14</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>1:48.63</t>
   </si>
   <si>
     <t>1:37.84</t>
   </si>
   <si>
-    <t>Мстислав Слабинский</t>
-[...7 lines deleted...]
-  <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:52.99</t>
   </si>
   <si>
     <t>1:43.38</t>
   </si>
   <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>1:53.03</t>
+  </si>
+  <si>
+    <t>1:41.64</t>
+  </si>
+  <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>1:53.16</t>
   </si>
   <si>
     <t>1:46.27</t>
   </si>
   <si>
+    <t>Максим Милосердов</t>
+  </si>
+  <si>
+    <t>1:55.09</t>
+  </si>
+  <si>
+    <t>1:41.92</t>
+  </si>
+  <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>1:55.84</t>
   </si>
   <si>
     <t>1:40.76</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
-[...16 lines deleted...]
-  <si>
     <t>Иван Смирнов</t>
   </si>
   <si>
     <t>1:57.53</t>
   </si>
   <si>
     <t>1:42.19</t>
   </si>
   <si>
+    <t>Максим Беляев</t>
+  </si>
+  <si>
+    <t>2:11.71</t>
+  </si>
+  <si>
+    <t>1:58.70</t>
+  </si>
+  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
-    <t>2:11.42</t>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Максим Беляев</t>
-[...16 lines deleted...]
-  <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>2:13.45</t>
   </si>
   <si>
     <t>2:02.20</t>
   </si>
   <si>
     <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>2:15.07</t>
   </si>
   <si>
     <t>1:50.17</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>2:17.96</t>
   </si>
   <si>
     <t>2:04.49</t>
   </si>
   <si>
     <t>Василий Афонин</t>
   </si>
   <si>
     <t>2:23.56</t>
   </si>
   <si>
     <t>2:04.91</t>
   </si>
   <si>
     <t>Дмитрий Лукашонок</t>
   </si>
   <si>
     <t>2:25.13</t>
   </si>
   <si>
     <t>1:59.27</t>
   </si>
   <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>2:36.62</t>
+  </si>
+  <si>
+    <t>2:27.28</t>
+  </si>
+  <si>
     <t>Антон Душенков</t>
   </si>
   <si>
     <t>2:42.55</t>
   </si>
   <si>
     <t>2:25.85</t>
-  </si>
-[...7 lines deleted...]
-    <t>2:40.12</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>3:15.18</t>
   </si>
   <si>
     <t>2:19.92</t>
   </si>
   <si>
     <t>Егор Еремин</t>
   </si>
   <si>
     <t>2:06.31</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:18.18</t>
   </si>
   <si>
     <t>Дмитрий Ильин</t>
   </si>