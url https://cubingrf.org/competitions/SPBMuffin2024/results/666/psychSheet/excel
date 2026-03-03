--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,404 +12,401 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...26 lines deleted...]
-    <t>Danila Ryabinin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>1:32.99</t>
+  </si>
+  <si>
+    <t>1:27.13</t>
+  </si>
+  <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>1:46.68</t>
+  </si>
+  <si>
+    <t>1:43.51</t>
+  </si>
+  <si>
+    <t>Данила Рябинин</t>
   </si>
   <si>
     <t>1:49.68</t>
   </si>
   <si>
     <t>1:39.58</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
-[...8 lines deleted...]
-    <t>Lev Maslov</t>
+    <t>Никита Попков</t>
+  </si>
+  <si>
+    <t>1:51.48</t>
+  </si>
+  <si>
+    <t>1:40.60</t>
+  </si>
+  <si>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>1:53.25</t>
+  </si>
+  <si>
+    <t>1:43.19</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>1:56.43</t>
+  </si>
+  <si>
+    <t>1:41.07</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
-[...8 lines deleted...]
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2:02.51</t>
   </si>
   <si>
     <t>1:51.86</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
-[...8 lines deleted...]
-    <t>Pavel Galaktionov</t>
+    <t>Павел Галактионов</t>
   </si>
   <si>
     <t>2:19.49</t>
   </si>
   <si>
     <t>2:08.60</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>2:19.81</t>
+  </si>
+  <si>
+    <t>2:09.25</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>2:21.79</t>
   </si>
   <si>
     <t>2:15.98</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
-[...8 lines deleted...]
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>2:29.30</t>
   </si>
   <si>
     <t>2:15.36</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>2:40.70</t>
   </si>
   <si>
     <t>2:33.58</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>2:42.41</t>
+  </si>
+  <si>
+    <t>2:36.82</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...8 lines deleted...]
-    <t>Nikita Platonov</t>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>2:57.13</t>
+  </si>
+  <si>
+    <t>2:56.37</t>
+  </si>
+  <si>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>3:17.66</t>
   </si>
   <si>
     <t>2:56.07</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>3:27.22</t>
   </si>
   <si>
     <t>3:18.58</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>3:28.83</t>
   </si>
   <si>
     <t>3:07.33</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>3:36.14</t>
   </si>
   <si>
     <t>3:24.13</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>3:44.62</t>
   </si>
   <si>
     <t>3:31.36</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>3:48.62</t>
   </si>
   <si>
     <t>3:26.90</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Иван Смирнов</t>
+  </si>
+  <si>
+    <t>3:49.40</t>
+  </si>
+  <si>
+    <t>3:38.03</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>4:15.92</t>
   </si>
   <si>
     <t>3:48.79</t>
   </si>
   <si>
-    <t>Nikita Shihaliev</t>
+    <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>4:18.78</t>
   </si>
   <si>
     <t>3:18.73</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
-[...8 lines deleted...]
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>4:34.78</t>
   </si>
   <si>
     <t>4:15.89</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>5:08.08</t>
   </si>
   <si>
     <t>4:50.67</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
-[...8 lines deleted...]
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>5:16.92</t>
   </si>
   <si>
     <t>5:04.25</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>5:19.86</t>
   </si>
   <si>
     <t>4:43.12</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>5:39.58</t>
   </si>
   <si>
     <t>5:30.13</t>
   </si>
   <si>
-    <t>Lev Kuraev</t>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>5:42.86</t>
+  </si>
+  <si>
+    <t>5:11.30</t>
+  </si>
+  <si>
+    <t>Лев Кураев</t>
   </si>
   <si>
     <t>5:45.54</t>
   </si>
   <si>
     <t>5:02.08</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
-[...8 lines deleted...]
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>6:03.46</t>
   </si>
   <si>
     <t>5:17.69</t>
   </si>
   <si>
-    <t>Anton Dushenkov</t>
+    <t>Антон Душенков</t>
   </si>
   <si>
     <t>6:13.99</t>
   </si>
   <si>
     <t>5:25.34</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
-[...32 lines deleted...]
-    <t>Maksimilian Buhvalov</t>
+    <t>Андрей Шевелёв</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>Владимир Кукушкин</t>
+  </si>
+  <si>
+    <t>Владислав Кравченко</t>
+  </si>
+  <si>
+    <t>Георгий Макаров</t>
+  </si>
+  <si>
+    <t>Денис Муслюмов</t>
+  </si>
+  <si>
+    <t>Дмитрий Ильин</t>
+  </si>
+  <si>
+    <t>Дмитрий Лукашонок</t>
+  </si>
+  <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>Макар Якупан</t>
+  </si>
+  <si>
+    <t>Максимилиан Бухвалов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -732,51 +729,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C46" sqref="C46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1228,118 +1225,112 @@
       <c r="B34" t="s">
         <v>100</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D34" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>103</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D35" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
-      <c r="A36">
-[...1 lines deleted...]
-      </c>
       <c r="B36" t="s">
         <v>106</v>
       </c>
       <c r="C36" s="1"/>
-      <c r="D36" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="B37" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C37" s="1"/>
     </row>
     <row r="38" spans="1:4">
       <c r="B38" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C38" s="1"/>
     </row>
     <row r="39" spans="1:4">
       <c r="B39" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C39" s="1"/>
     </row>
     <row r="40" spans="1:4">
       <c r="B40" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C40" s="1"/>
     </row>
     <row r="41" spans="1:4">
       <c r="B41" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C41" s="1"/>
     </row>
     <row r="42" spans="1:4">
       <c r="B42" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C42" s="1"/>
     </row>
     <row r="43" spans="1:4">
       <c r="B43" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C43" s="1"/>
     </row>
     <row r="44" spans="1:4">
       <c r="B44" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C44" s="1"/>
     </row>
     <row r="45" spans="1:4">
       <c r="B45" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C45" s="1"/>
     </row>
     <row r="46" spans="1:4">
       <c r="B46" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C46" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>