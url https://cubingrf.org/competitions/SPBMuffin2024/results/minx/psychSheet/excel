--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -12,569 +12,560 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>47.75</t>
   </si>
   <si>
     <t>42.36</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>50.42</t>
   </si>
   <si>
     <t>46.62</t>
   </si>
   <si>
-    <t>Ivan Voroshilov</t>
+    <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>51.68</t>
   </si>
   <si>
     <t>48.98</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>51.72</t>
   </si>
   <si>
     <t>45.54</t>
   </si>
   <si>
-    <t>Danila Ryabinin</t>
+    <t>Данила Рябинин</t>
   </si>
   <si>
     <t>54.45</t>
   </si>
   <si>
     <t>46.65</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>56.73</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>57.34</t>
   </si>
   <si>
     <t>50.12</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>59.56</t>
   </si>
   <si>
     <t>54.60</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>1:02.03</t>
   </si>
   <si>
     <t>54.26</t>
   </si>
   <si>
-    <t>Maria Zhits</t>
+    <t>Мария Жиц</t>
   </si>
   <si>
     <t>1:03.32</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:05.90</t>
   </si>
   <si>
     <t>56.62</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Мстислав Слабинский</t>
+  </si>
+  <si>
+    <t>1:08.61</t>
+  </si>
+  <si>
+    <t>59.21</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:10.81</t>
   </si>
   <si>
     <t>57.50</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
-    <t>1:02.12</t>
-[...2 lines deleted...]
-    <t>Aleksandra Lukianova</t>
+    <t>1:01.77</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:15.17</t>
   </si>
   <si>
     <t>1:11.32</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:17.24</t>
   </si>
   <si>
     <t>1:07.89</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:20.03</t>
   </si>
   <si>
     <t>1:13.24</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>1:24.21</t>
   </si>
   <si>
     <t>1:15.32</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
-[...8 lines deleted...]
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:33.34</t>
   </si>
   <si>
-    <t>1:21.48</t>
-[...2 lines deleted...]
-    <t>Nikita Shihaliev</t>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>1:34.98</t>
+  </si>
+  <si>
+    <t>1:22.85</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:35.65</t>
+  </si>
+  <si>
+    <t>1:30.19</t>
+  </si>
+  <si>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>1:35.71</t>
+  </si>
+  <si>
+    <t>1:23.07</t>
+  </si>
+  <si>
+    <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>1:36.56</t>
   </si>
   <si>
     <t>1:29.69</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
+    <t>Георгий Исанов</t>
   </si>
   <si>
     <t>1:38.28</t>
   </si>
   <si>
     <t>1:27.10</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
-[...8 lines deleted...]
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>1:40.82</t>
   </si>
   <si>
     <t>1:24.06</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:45.77</t>
   </si>
   <si>
     <t>1:32.62</t>
   </si>
   <si>
-    <t>Mstislav Slabinskiy</t>
-[...8 lines deleted...]
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>1:51.20</t>
   </si>
   <si>
     <t>1:31.58</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>1:57.59</t>
   </si>
   <si>
-    <t>1:52.12</t>
-[...2 lines deleted...]
-    <t>Anastasia Gubanova</t>
+    <t>1:52.22</t>
+  </si>
+  <si>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>1:58.63</t>
   </si>
   <si>
     <t>1:36.34</t>
   </si>
   <si>
-    <t>Maksim Beliaev</t>
+    <t>Максим Беляев</t>
   </si>
   <si>
     <t>2:06.50</t>
   </si>
   <si>
     <t>1:58.66</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:10.48</t>
   </si>
   <si>
     <t>1:51.91</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>2:20.71</t>
   </si>
   <si>
     <t>2:04.02</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>2:29.62</t>
   </si>
   <si>
     <t>2:15.02</t>
   </si>
   <si>
-    <t>Anton Dushenkov</t>
+    <t>Антон Душенков</t>
   </si>
   <si>
     <t>2:33.77</t>
   </si>
   <si>
     <t>2:17.89</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>2:34.68</t>
   </si>
   <si>
     <t>1:59.21</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...8 lines deleted...]
-    <t>Arsenii Borovkov</t>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>2:46.43</t>
+  </si>
+  <si>
+    <t>2:33.44</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>2:55.04</t>
   </si>
   <si>
     <t>2:35.02</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
-[...11 lines deleted...]
-    <t>3:39.27</t>
+    <t>Александр Смирнов</t>
+  </si>
+  <si>
+    <t>2:10.99</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>2:18.01</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>2:19.22</t>
+  </si>
+  <si>
+    <t>Екатерина Кусачева</t>
+  </si>
+  <si>
+    <t>2:34.69</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>2:44.28</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
-[...26 lines deleted...]
-    <t>Dmitriy Lukashonok</t>
+    <t>Дмитрий Лукашонок</t>
   </si>
   <si>
     <t>2:54.05</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
-[...11 lines deleted...]
-    <t>Andrey Artëmenko</t>
+    <t>Иван Королев</t>
+  </si>
+  <si>
+    <t>3:00.44</t>
+  </si>
+  <si>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>3:08.52</t>
+  </si>
+  <si>
+    <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>3:39.50</t>
   </si>
   <si>
-    <t>Vladislav Kravchenko</t>
-[...5 lines deleted...]
-    <t>Ilya Posevkin</t>
+    <t>Илья Посевкин</t>
   </si>
   <si>
     <t>3:46.89</t>
   </si>
   <si>
-    <t>Ivan Korolëv</t>
-[...47 lines deleted...]
-    <t>Nikolay Romanov-Afrikantov</t>
+    <t>Александр Говорков</t>
+  </si>
+  <si>
+    <t>4:13.63</t>
+  </si>
+  <si>
+    <t>Андрей Шевелёв</t>
+  </si>
+  <si>
+    <t>Артём Лян</t>
+  </si>
+  <si>
+    <t>Богдан Кашин</t>
+  </si>
+  <si>
+    <t>Владимир Кукушкин</t>
+  </si>
+  <si>
+    <t>Владислав Кравченко</t>
+  </si>
+  <si>
+    <t>Вячеслав Киселёв</t>
+  </si>
+  <si>
+    <t>Вячеслав Сухарев</t>
+  </si>
+  <si>
+    <t>Георгий Макаров</t>
+  </si>
+  <si>
+    <t>Давид Меликян</t>
+  </si>
+  <si>
+    <t>Данил Глаголев</t>
+  </si>
+  <si>
+    <t>Денис Муслюмов</t>
+  </si>
+  <si>
+    <t>Женя Кукушкин</t>
+  </si>
+  <si>
+    <t>Макар Якупан</t>
+  </si>
+  <si>
+    <t>Максимилиан Бухвалов</t>
+  </si>
+  <si>
+    <t>Мария Белоглазова</t>
+  </si>
+  <si>
+    <t>Николай Романов-Африкантов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1525,278 +1516,268 @@
       <c r="D43" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>129</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D44" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>132</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="C45" s="1"/>
+      <c r="D45" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>134</v>
+      </c>
+      <c r="C46" s="1"/>
+      <c r="D46" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="56" spans="1:4">
-      <c r="A56">
-[...1 lines deleted...]
-      </c>
       <c r="B56" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C56" s="1"/>
-      <c r="D56" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="B57" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="C57" s="1"/>
     </row>
     <row r="58" spans="1:4">
       <c r="B58" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C58" s="1"/>
     </row>
     <row r="59" spans="1:4">
       <c r="B59" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C59" s="1"/>
     </row>
     <row r="60" spans="1:4">
       <c r="B60" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C60" s="1"/>
     </row>
     <row r="61" spans="1:4">
       <c r="B61" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C61" s="1"/>
     </row>
     <row r="62" spans="1:4">
       <c r="B62" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C62" s="1"/>
     </row>
     <row r="63" spans="1:4">
       <c r="B63" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C63" s="1"/>
     </row>
     <row r="64" spans="1:4">
       <c r="B64" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C64" s="1"/>
     </row>
     <row r="65" spans="1:4">
       <c r="B65" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C65" s="1"/>
     </row>
     <row r="66" spans="1:4">
       <c r="B66" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C66" s="1"/>
     </row>
     <row r="67" spans="1:4">
       <c r="B67" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C67" s="1"/>
     </row>
     <row r="68" spans="1:4">
       <c r="B68" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C68" s="1"/>
     </row>
     <row r="69" spans="1:4">
       <c r="B69" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C69" s="1"/>
     </row>
     <row r="70" spans="1:4">
       <c r="B70" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C70" s="1"/>
     </row>
     <row r="71" spans="1:4">
       <c r="B71" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C71" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>