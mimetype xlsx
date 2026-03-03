--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -125,284 +125,281 @@
   <si>
     <t>3.71</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>3.83</t>
   </si>
   <si>
     <t>2.45</t>
   </si>
   <si>
     <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>4.17</t>
   </si>
   <si>
     <t>2.77</t>
   </si>
   <si>
+    <t>Михаил Николаев</t>
+  </si>
+  <si>
+    <t>4.71</t>
+  </si>
+  <si>
+    <t>3.13</t>
+  </si>
+  <si>
+    <t>Андрей Маслов</t>
+  </si>
+  <si>
+    <t>4.75</t>
+  </si>
+  <si>
+    <t>3.79</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>4.87</t>
+  </si>
+  <si>
+    <t>2.66</t>
+  </si>
+  <si>
+    <t>Глеб Пясецкий</t>
+  </si>
+  <si>
+    <t>4.96</t>
+  </si>
+  <si>
+    <t>3.58</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
+  </si>
+  <si>
+    <t>5.00</t>
+  </si>
+  <si>
+    <t>2.41</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
+  </si>
+  <si>
+    <t>5.21</t>
+  </si>
+  <si>
+    <t>3.02</t>
+  </si>
+  <si>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>5.26</t>
+  </si>
+  <si>
+    <t>3.30</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>5.35</t>
+  </si>
+  <si>
+    <t>3.46</t>
+  </si>
+  <si>
+    <t>Николай Одегов</t>
+  </si>
+  <si>
+    <t>5.59</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>5.69</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
+  </si>
+  <si>
+    <t>5.71</t>
+  </si>
+  <si>
+    <t>3.51</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>6.00</t>
+  </si>
+  <si>
+    <t>4.59</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>6.18</t>
+  </si>
+  <si>
+    <t>4.24</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>6.26</t>
+  </si>
+  <si>
+    <t>Иван Ворошилов</t>
+  </si>
+  <si>
+    <t>6.29</t>
+  </si>
+  <si>
+    <t>4.81</t>
+  </si>
+  <si>
     <t>Павел Галактионов</t>
   </si>
   <si>
+    <t>6.36</t>
+  </si>
+  <si>
+    <t>3.12</t>
+  </si>
+  <si>
+    <t>Никита Малыхин</t>
+  </si>
+  <si>
+    <t>6.49</t>
+  </si>
+  <si>
+    <t>3.23</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>6.52</t>
+  </si>
+  <si>
+    <t>4.01</t>
+  </si>
+  <si>
+    <t>Семен Кудрявцев</t>
+  </si>
+  <si>
+    <t>6.56</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>6.57</t>
+  </si>
+  <si>
+    <t>Никита Платонов</t>
+  </si>
+  <si>
+    <t>6.69</t>
+  </si>
+  <si>
+    <t>4.84</t>
+  </si>
+  <si>
+    <t>Максим Милосердов</t>
+  </si>
+  <si>
+    <t>6.94</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>7.12</t>
+  </si>
+  <si>
+    <t>4.52</t>
+  </si>
+  <si>
+    <t>Артём Курицын</t>
+  </si>
+  <si>
+    <t>7.22</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>7.24</t>
+  </si>
+  <si>
+    <t>4.69</t>
+  </si>
+  <si>
+    <t>Фёдор Улитовский</t>
+  </si>
+  <si>
+    <t>7.28</t>
+  </si>
+  <si>
+    <t>4.53</t>
+  </si>
+  <si>
+    <t>Максим Темнышов</t>
+  </si>
+  <si>
+    <t>7.50</t>
+  </si>
+  <si>
+    <t>4.41</t>
+  </si>
+  <si>
+    <t>Владислав Затолокин</t>
+  </si>
+  <si>
+    <t>7.64</t>
+  </si>
+  <si>
     <t>4.57</t>
   </si>
   <si>
-    <t>2.16</t>
-[...226 lines deleted...]
-  <si>
     <t>Иван Королев</t>
   </si>
   <si>
     <t>7.65</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
     <t>3.22</t>
   </si>
   <si>
     <t>Александр Минко</t>
   </si>
   <si>
     <t>7.83</t>
   </si>
   <si>
     <t>4.93</t>
   </si>
   <si>
     <t>Вячеслав Сухарев</t>
@@ -434,240 +431,246 @@
   <si>
     <t>Лука Лукаш</t>
   </si>
   <si>
     <t>8.36</t>
   </si>
   <si>
     <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>8.57</t>
   </si>
   <si>
     <t>6.71</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
+    <t>Дарья Пойда</t>
+  </si>
+  <si>
+    <t>8.82</t>
+  </si>
+  <si>
+    <t>6.44</t>
+  </si>
+  <si>
+    <t>Амин Ашоур</t>
+  </si>
+  <si>
+    <t>8.84</t>
+  </si>
+  <si>
+    <t>3.96</t>
+  </si>
+  <si>
+    <t>Иван Смирнов</t>
+  </si>
+  <si>
+    <t>9.00</t>
+  </si>
+  <si>
+    <t>5.27</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>9.14</t>
+  </si>
+  <si>
+    <t>6.31</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>9.21</t>
+  </si>
+  <si>
+    <t>Богдан Кашин</t>
+  </si>
+  <si>
+    <t>9.25</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>9.28</t>
+  </si>
+  <si>
+    <t>7.01</t>
+  </si>
+  <si>
+    <t>Максим Беляев</t>
+  </si>
+  <si>
+    <t>9.36</t>
+  </si>
+  <si>
+    <t>7.11</t>
+  </si>
+  <si>
+    <t>Александр Смирнов</t>
+  </si>
+  <si>
+    <t>9.38</t>
+  </si>
+  <si>
+    <t>7.51</t>
+  </si>
+  <si>
+    <t>Екатерина Кусачева</t>
+  </si>
+  <si>
+    <t>9.40</t>
+  </si>
+  <si>
+    <t>7.49</t>
+  </si>
+  <si>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>9.64</t>
+  </si>
+  <si>
+    <t>6.03</t>
+  </si>
+  <si>
     <t>Андрей Федулов</t>
   </si>
   <si>
-    <t>5.77</t>
-[...92 lines deleted...]
-    <t>7.49</t>
+    <t>9.99</t>
+  </si>
+  <si>
+    <t>7.94</t>
   </si>
   <si>
     <t>Александр Говорков</t>
   </si>
   <si>
     <t>10.23</t>
   </si>
   <si>
+    <t>7.63</t>
+  </si>
+  <si>
+    <t>Дмитрий Резяпкин</t>
+  </si>
+  <si>
+    <t>10.28</t>
+  </si>
+  <si>
+    <t>6.30</t>
+  </si>
+  <si>
+    <t>Василий Багаев</t>
+  </si>
+  <si>
+    <t>10.32</t>
+  </si>
+  <si>
+    <t>8.16</t>
+  </si>
+  <si>
+    <t>Руслан Романенко</t>
+  </si>
+  <si>
+    <t>10.37</t>
+  </si>
+  <si>
+    <t>9.16</t>
+  </si>
+  <si>
+    <t>Давид Меликян</t>
+  </si>
+  <si>
+    <t>10.41</t>
+  </si>
+  <si>
+    <t>6.72</t>
+  </si>
+  <si>
+    <t>Виктор Герман</t>
+  </si>
+  <si>
+    <t>10.48</t>
+  </si>
+  <si>
     <t>7.35</t>
   </si>
   <si>
-    <t>Дмитрий Резяпкин</t>
-[...38 lines deleted...]
-    <t>10.48</t>
+    <t>Михаил Курицын</t>
+  </si>
+  <si>
+    <t>11.18</t>
+  </si>
+  <si>
+    <t>6.11</t>
+  </si>
+  <si>
+    <t>Роман Фотиев</t>
+  </si>
+  <si>
+    <t>11.63</t>
+  </si>
+  <si>
+    <t>Данил Глаголев</t>
+  </si>
+  <si>
+    <t>11.72</t>
+  </si>
+  <si>
+    <t>7.29</t>
+  </si>
+  <si>
+    <t>Максим Пестов</t>
+  </si>
+  <si>
+    <t>11.77</t>
+  </si>
+  <si>
+    <t>10.46</t>
   </si>
   <si>
     <t>Артём Федулов</t>
   </si>
   <si>
-    <t>10.49</t>
-[...35 lines deleted...]
-    <t>10.46</t>
+    <t>11.87</t>
+  </si>
+  <si>
+    <t>9.33</t>
   </si>
   <si>
     <t>Артём Лян</t>
   </si>
   <si>
     <t>12.02</t>
   </si>
   <si>
     <t>9.20</t>
   </si>
   <si>
     <t>Георгий Исанов</t>
   </si>
   <si>
     <t>12.26</t>
   </si>
   <si>
     <t>8.95</t>
   </si>
   <si>
     <t>Денис Муслюмов</t>
   </si>
   <si>
     <t>12.32</t>
   </si>
@@ -782,189 +785,186 @@
   <si>
     <t>14.19</t>
   </si>
   <si>
     <t>9.22</t>
   </si>
   <si>
     <t>Алексей Фролов</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
     <t>Антон Душенков</t>
   </si>
   <si>
     <t>14.82</t>
   </si>
   <si>
     <t>12.38</t>
   </si>
   <si>
+    <t>Василий Афонин</t>
+  </si>
+  <si>
+    <t>15.44</t>
+  </si>
+  <si>
+    <t>Руслан Королёв</t>
+  </si>
+  <si>
+    <t>15.72</t>
+  </si>
+  <si>
+    <t>7.23</t>
+  </si>
+  <si>
+    <t>Матвей Красник</t>
+  </si>
+  <si>
+    <t>15.96</t>
+  </si>
+  <si>
+    <t>13.40</t>
+  </si>
+  <si>
+    <t>Иван Шинкин</t>
+  </si>
+  <si>
+    <t>16.47</t>
+  </si>
+  <si>
+    <t>12.93</t>
+  </si>
+  <si>
+    <t>Максим Килов</t>
+  </si>
+  <si>
+    <t>17.61</t>
+  </si>
+  <si>
+    <t>9.81</t>
+  </si>
+  <si>
+    <t>Юрий Гринчий</t>
+  </si>
+  <si>
+    <t>19.95</t>
+  </si>
+  <si>
+    <t>18.17</t>
+  </si>
+  <si>
+    <t>Матвей Лебедев</t>
+  </si>
+  <si>
+    <t>20.43</t>
+  </si>
+  <si>
+    <t>15.11</t>
+  </si>
+  <si>
+    <t>Георгий Макаров</t>
+  </si>
+  <si>
+    <t>21.00</t>
+  </si>
+  <si>
+    <t>18.33</t>
+  </si>
+  <si>
+    <t>Макар Якупан</t>
+  </si>
+  <si>
+    <t>21.18</t>
+  </si>
+  <si>
+    <t>17.62</t>
+  </si>
+  <si>
+    <t>Владислав Кравченко</t>
+  </si>
+  <si>
+    <t>22.27</t>
+  </si>
+  <si>
+    <t>12.79</t>
+  </si>
+  <si>
+    <t>Александр Савченко</t>
+  </si>
+  <si>
+    <t>23.39</t>
+  </si>
+  <si>
+    <t>13.69</t>
+  </si>
+  <si>
+    <t>Леонид Кормильцев</t>
+  </si>
+  <si>
+    <t>33.37</t>
+  </si>
+  <si>
+    <t>28.53</t>
+  </si>
+  <si>
+    <t>Максимилиан Бухвалов</t>
+  </si>
+  <si>
+    <t>35.55</t>
+  </si>
+  <si>
+    <t>22.53</t>
+  </si>
+  <si>
+    <t>Степан Душенков</t>
+  </si>
+  <si>
+    <t>42.92</t>
+  </si>
+  <si>
+    <t>31.52</t>
+  </si>
+  <si>
+    <t>Владимир Кукушкин</t>
+  </si>
+  <si>
+    <t>16.35</t>
+  </si>
+  <si>
+    <t>Андрей Шевелёв</t>
+  </si>
+  <si>
+    <t>Вячеслав Киселёв</t>
+  </si>
+  <si>
     <t>Даниил Попов</t>
-  </si>
-[...136 lines deleted...]
-    <t>Вячеслав Киселёв</t>
   </si>
   <si>
     <t>Николай Романов-Африкантов</t>
   </si>
   <si>
     <t>Роман Закоулов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1589,541 +1589,541 @@
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>8</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D22" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D25" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>74</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>79</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>82</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>85</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>88</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D32" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>92</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D33" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D34" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D35" t="s">
-        <v>59</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D36" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D37" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>105</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D38" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>108</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>111</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D40" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>114</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C41" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>116</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>119</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>122</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>125</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>128</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>131</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>96</v>
+        <v>42</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>133</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>136</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>139</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="D50" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>142</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D51" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>145</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D52" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>148</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D53" t="s">
-        <v>112</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D54" t="s">
-        <v>152</v>
+        <v>72</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>153</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D55" t="s">
-        <v>155</v>
+        <v>104</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>155</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>158</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D57" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>161</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>162</v>
@@ -2233,596 +2233,588 @@
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>185</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D66" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>188</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>189</v>
       </c>
       <c r="D67" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D68" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D69" t="s">
-        <v>195</v>
+        <v>89</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>196</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>197</v>
       </c>
       <c r="D70" t="s">
-        <v>93</v>
+        <v>198</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D71" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D72" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D73" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D74" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D75" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D76" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D77" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D78" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D79" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D80" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D81" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D82" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D83" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D84" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D85" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D86" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D87" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D88" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D89" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D90" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D91" t="s">
-        <v>258</v>
+        <v>231</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>259</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>260</v>
       </c>
       <c r="D92" t="s">
-        <v>230</v>
+        <v>261</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D93" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D94" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D95" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D96" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D97" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D98" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D99" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D100" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D101" t="s">
-        <v>217</v>
+        <v>288</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D102" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D103" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D104" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>296</v>
-[...3 lines deleted...]
-      </c>
+        <v>298</v>
+      </c>
+      <c r="C105" s="1"/>
       <c r="D105" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="106" spans="1:4">
-      <c r="A106">
-[...1 lines deleted...]
-      </c>
       <c r="B106" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C106" s="1"/>
-      <c r="D106" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="107" spans="1:4">
       <c r="B107" t="s">
         <v>301</v>
       </c>
       <c r="C107" s="1"/>
     </row>
     <row r="108" spans="1:4">
       <c r="B108" t="s">
         <v>302</v>
       </c>
       <c r="C108" s="1"/>
     </row>
     <row r="109" spans="1:4">
       <c r="B109" t="s">
         <v>303</v>
       </c>
       <c r="C109" s="1"/>
     </row>
     <row r="110" spans="1:4">
       <c r="B110" t="s">
         <v>304</v>
       </c>
       <c r="C110" s="1"/>
     </row>