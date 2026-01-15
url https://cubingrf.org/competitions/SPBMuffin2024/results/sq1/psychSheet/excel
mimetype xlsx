--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>7.50</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
@@ -116,77 +116,77 @@
   <si>
     <t>17.46</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
     <t>Лев Якименко</t>
   </si>
   <si>
     <t>17.76</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>21.42</t>
   </si>
   <si>
     <t>17.21</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>21.97</t>
+  </si>
+  <si>
+    <t>15.81</t>
+  </si>
+  <si>
     <t>Мария Жиц</t>
   </si>
   <si>
     <t>22.00</t>
   </si>
   <si>
     <t>16.89</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>23.59</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...7 lines deleted...]
-  <si>
     <t>Артём Федулов</t>
   </si>
   <si>
     <t>24.33</t>
   </si>
   <si>
     <t>18.10</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>25.08</t>
   </si>
   <si>
     <t>22.31</t>
@@ -197,50 +197,59 @@
   <si>
     <t>25.33</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
     <t>16.81</t>
   </si>
   <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>26.29</t>
+  </si>
+  <si>
+    <t>19.89</t>
+  </si>
+  <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>14.97</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>28.30</t>
   </si>
   <si>
     <t>21.71</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>30.78</t>
   </si>
   <si>
     <t>19.72</t>
@@ -248,51 +257,51 @@
   <si>
     <t>Никита Малыхин</t>
   </si>
   <si>
     <t>31.47</t>
   </si>
   <si>
     <t>21.64</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>33.24</t>
   </si>
   <si>
     <t>27.25</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>34.90</t>
   </si>
   <si>
-    <t>30.89</t>
+    <t>29.32</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>37.82</t>
   </si>
   <si>
     <t>32.80</t>
   </si>
   <si>
     <t>Егор Еремин</t>
   </si>
   <si>
     <t>41.36</t>
   </si>
   <si>
     <t>23.33</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>42.13</t>
   </si>
@@ -357,53 +366,50 @@
     <t>Антон Душенков</t>
   </si>
   <si>
     <t>1:17.68</t>
   </si>
   <si>
     <t>Андрей Шевелёв</t>
   </si>
   <si>
     <t>Артём Лян</t>
   </si>
   <si>
     <t>Богдан Кашин</t>
   </si>
   <si>
     <t>Владимир Кукушкин</t>
   </si>
   <si>
     <t>Георгий Макаров</t>
   </si>
   <si>
     <t>Екатерина Кусачева</t>
   </si>
   <si>
     <t>Женя Кукушкин</t>
-  </si>
-[...1 lines deleted...]
-    <t>Иван Олейников</t>
   </si>
   <si>
     <t>Макар Якупан</t>
   </si>
   <si>
     <t>Максим Темнышов</t>
   </si>
   <si>
     <t>Руслан Романенко</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1209,154 +1215,162 @@
       <c r="D32" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>97</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D33" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>100</v>
       </c>
-      <c r="C34" s="1"/>
+      <c r="C34" s="1" t="s">
+        <v>101</v>
+      </c>
       <c r="D34" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="38" spans="1:4">
+      <c r="A38">
+        <v>37</v>
+      </c>
       <c r="B38" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C38" s="1"/>
+      <c r="D38" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="B39" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C39" s="1"/>
     </row>
     <row r="40" spans="1:4">
       <c r="B40" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C40" s="1"/>
     </row>
     <row r="41" spans="1:4">
       <c r="B41" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C41" s="1"/>
     </row>
     <row r="42" spans="1:4">
       <c r="B42" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C42" s="1"/>
     </row>
     <row r="43" spans="1:4">
       <c r="B43" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C43" s="1"/>
     </row>
     <row r="44" spans="1:4">
       <c r="B44" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C44" s="1"/>
     </row>
     <row r="45" spans="1:4">
       <c r="B45" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C45" s="1"/>
     </row>
     <row r="46" spans="1:4">
       <c r="B46" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C46" s="1"/>
     </row>
     <row r="47" spans="1:4">
       <c r="B47" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C47" s="1"/>
     </row>
     <row r="48" spans="1:4">
       <c r="B48" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C48" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>