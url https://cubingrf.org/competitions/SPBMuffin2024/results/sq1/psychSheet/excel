--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,383 +12,380 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
-    <t>9.43</t>
-[...2 lines deleted...]
-    <t>7.50</t>
+    <t>8.75</t>
+  </si>
+  <si>
+    <t>6.55</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
-    <t>6.16</t>
+    <t>6.81</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>10.69</t>
   </si>
   <si>
     <t>7.44</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>10.78</t>
   </si>
   <si>
     <t>8.31</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>13.79</t>
   </si>
   <si>
-    <t>11.46</t>
+    <t>11.24</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
     <t>Максим Беляев</t>
   </si>
   <si>
     <t>16.06</t>
   </si>
   <si>
     <t>12.80</t>
   </si>
   <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>17.76</t>
+  </si>
+  <si>
+    <t>14.47</t>
+  </si>
+  <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>17.46</t>
-[...11 lines deleted...]
-    <t>14.65</t>
+    <t>17.89</t>
+  </si>
+  <si>
+    <t>15.45</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>21.42</t>
   </si>
   <si>
     <t>17.21</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>21.97</t>
   </si>
   <si>
-    <t>15.81</t>
+    <t>14.46</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
+  </si>
+  <si>
+    <t>23.59</t>
+  </si>
+  <si>
+    <t>14.24</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>24.61</t>
+  </si>
+  <si>
+    <t>15.82</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>25.33</t>
+  </si>
+  <si>
+    <t>16.62</t>
+  </si>
+  <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>25.81</t>
+  </si>
+  <si>
+    <t>17.60</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>26.26</t>
+  </si>
+  <si>
+    <t>16.81</t>
+  </si>
+  <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>26.29</t>
+  </si>
+  <si>
+    <t>19.89</t>
+  </si>
+  <si>
+    <t>Андрей Маслов</t>
+  </si>
+  <si>
+    <t>26.87</t>
+  </si>
+  <si>
+    <t>22.94</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>27.99</t>
+  </si>
+  <si>
+    <t>14.97</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
+  </si>
+  <si>
+    <t>28.30</t>
+  </si>
+  <si>
+    <t>21.71</t>
   </si>
   <si>
     <t>Мария Жиц</t>
   </si>
   <si>
-    <t>22.00</t>
-[...11 lines deleted...]
-    <t>14.24</t>
+    <t>29.24</t>
+  </si>
+  <si>
+    <t>23.78</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>30.78</t>
+  </si>
+  <si>
+    <t>19.72</t>
+  </si>
+  <si>
+    <t>Никита Малыхин</t>
+  </si>
+  <si>
+    <t>31.47</t>
+  </si>
+  <si>
+    <t>21.64</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>33.24</t>
+  </si>
+  <si>
+    <t>27.25</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>34.90</t>
+  </si>
+  <si>
+    <t>29.32</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>37.82</t>
+  </si>
+  <si>
+    <t>32.80</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>41.36</t>
+  </si>
+  <si>
+    <t>23.33</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
+  </si>
+  <si>
+    <t>42.13</t>
+  </si>
+  <si>
+    <t>36.48</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>43.21</t>
+  </si>
+  <si>
+    <t>26.33</t>
   </si>
   <si>
     <t>Артём Федулов</t>
   </si>
   <si>
-    <t>24.33</t>
-[...146 lines deleted...]
-    <t>26.33</t>
+    <t>44.01</t>
+  </si>
+  <si>
+    <t>34.55</t>
   </si>
   <si>
     <t>Владислав Кравченко</t>
   </si>
   <si>
     <t>51.94</t>
   </si>
   <si>
     <t>44.90</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>1:06.75</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
     <t>Денис Муслюмов</t>
   </si>
   <si>
     <t>1:17.66</t>
   </si>
   <si>
     <t>55.11</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>45.27</t>
   </si>
   <si>
     <t>Дарья Пойда</t>
   </si>
   <si>
     <t>1:07.31</t>
   </si>
   <si>
+    <t>Антон Душенков</t>
+  </si>
+  <si>
+    <t>1:17.68</t>
+  </si>
+  <si>
     <t>Александр Говорков</t>
-  </si>
-[...7 lines deleted...]
-    <t>1:17.68</t>
   </si>
   <si>
     <t>Андрей Шевелёв</t>
   </si>
   <si>
     <t>Артём Лян</t>
   </si>
   <si>
     <t>Богдан Кашин</t>
   </si>
   <si>
     <t>Владимир Кукушкин</t>
   </si>
   <si>
     <t>Георгий Макаров</t>
   </si>
   <si>
     <t>Екатерина Кусачева</t>
   </si>
   <si>
     <t>Женя Кукушкин</t>
   </si>
   <si>
     <t>Макар Якупан</t>
   </si>
@@ -1259,118 +1256,112 @@
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>105</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>107</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="38" spans="1:4">
-      <c r="A38">
-[...1 lines deleted...]
-      </c>
       <c r="B38" t="s">
         <v>109</v>
       </c>
       <c r="C38" s="1"/>
-      <c r="D38" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="B39" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C39" s="1"/>
     </row>
     <row r="40" spans="1:4">
       <c r="B40" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C40" s="1"/>
     </row>
     <row r="41" spans="1:4">
       <c r="B41" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C41" s="1"/>
     </row>
     <row r="42" spans="1:4">
       <c r="B42" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C42" s="1"/>
     </row>
     <row r="43" spans="1:4">
       <c r="B43" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C43" s="1"/>
     </row>
     <row r="44" spans="1:4">
       <c r="B44" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C44" s="1"/>
     </row>
     <row r="45" spans="1:4">
       <c r="B45" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C45" s="1"/>
     </row>
     <row r="46" spans="1:4">
       <c r="B46" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C46" s="1"/>
     </row>
     <row r="47" spans="1:4">
       <c r="B47" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C47" s="1"/>
     </row>
     <row r="48" spans="1:4">
       <c r="B48" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C48" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>