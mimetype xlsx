--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -26,309 +26,309 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333bf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Никита Попков</t>
+  </si>
+  <si>
+    <t>21.69</t>
+  </si>
+  <si>
+    <t>16.34</t>
+  </si>
+  <si>
     <t>Владимир Сергеев</t>
   </si>
   <si>
-    <t>19.95</t>
-[...11 lines deleted...]
-    <t>19.34</t>
+    <t>20.35</t>
+  </si>
+  <si>
+    <t>20.16</t>
   </si>
   <si>
     <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>24.98</t>
   </si>
   <si>
     <t>21.12</t>
   </si>
   <si>
     <t>Андрей Копосов</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
     <t>23.36</t>
   </si>
   <si>
     <t>Андрей Ильин</t>
   </si>
   <si>
     <t>1:04.42</t>
   </si>
   <si>
     <t>32.78</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>37.54</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>1:57.94</t>
+    <t>2:35.11</t>
   </si>
   <si>
     <t>59.01</t>
   </si>
   <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>1:43.02</t>
+  </si>
+  <si>
+    <t>1:10.34</t>
+  </si>
+  <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
     <t>1:29.70</t>
   </si>
   <si>
     <t>1:12.72</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>1:15.41</t>
   </si>
   <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>1:35.70</t>
+  </si>
+  <si>
+    <t>1:19.98</t>
+  </si>
+  <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:48.61</t>
   </si>
   <si>
     <t>1:21.14</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
-[...7 lines deleted...]
-  <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6:28.26</t>
-[...1 lines deleted...]
-  <si>
     <t>1:26.86</t>
   </si>
   <si>
     <t>Дарья Владимирова</t>
   </si>
   <si>
     <t>1:28.40</t>
   </si>
   <si>
     <t>Никита Кузнецов</t>
   </si>
   <si>
     <t>1:28.42</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...7 lines deleted...]
-  <si>
     <t>Иван Лобачёв</t>
   </si>
   <si>
     <t>1:29.34</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>2:27.62</t>
   </si>
   <si>
     <t>1:37.37</t>
   </si>
   <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>2:18.32</t>
+  </si>
+  <si>
+    <t>1:43.18</t>
+  </si>
+  <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>1:46.29</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:25.57</t>
   </si>
   <si>
     <t>1:48.72</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...4 lines deleted...]
-  <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
     <t>2:05.62</t>
   </si>
   <si>
+    <t>Александр Хренов</t>
+  </si>
+  <si>
+    <t>2:09.92</t>
+  </si>
+  <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>2:11.29</t>
+  </si>
+  <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>2:06.33</t>
-[...11 lines deleted...]
-    <t>2:11.29</t>
+    <t>2:24.59</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
-    <t>2:12.82</t>
+    <t>2:36.76</t>
+  </si>
+  <si>
+    <t>Александр Березко</t>
+  </si>
+  <si>
+    <t>2:59.26</t>
+  </si>
+  <si>
+    <t>Лев Брусков</t>
+  </si>
+  <si>
+    <t>3:13.93</t>
+  </si>
+  <si>
+    <t>Виталий Котенко</t>
+  </si>
+  <si>
+    <t>3:32.43</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>5:12.38</t>
+  </si>
+  <si>
+    <t>3:34.92</t>
+  </si>
+  <si>
+    <t>Иван Ворошилов</t>
+  </si>
+  <si>
+    <t>3:51.55</t>
+  </si>
+  <si>
+    <t>3:39.21</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
-    <t>2:20.16</t>
-[...35 lines deleted...]
-    <t>3:34.92</t>
+    <t>4:07.17</t>
   </si>
   <si>
     <t>Николай Катаев</t>
   </si>
   <si>
     <t>6:31.41</t>
   </si>
   <si>
     <t>4:12.62</t>
   </si>
   <si>
     <t>Татьяна Максимова</t>
   </si>
   <si>
-    <t>5:30.77</t>
+    <t>5:03.14</t>
+  </si>
+  <si>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>5:28.28</t>
   </si>
   <si>
     <t>Павел Науменко</t>
   </si>
   <si>
     <t>8:05.76</t>
-  </si>
-[...4 lines deleted...]
-    <t>8:19.76</t>
   </si>
   <si>
     <t>Александр Калинин</t>
   </si>
   <si>
     <t>Варвара Андреева</t>
   </si>
   <si>
     <t>Владимир Козлов</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>Дмитрий Самотоенко</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>Никита Малышкин</t>
   </si>
@@ -817,65 +817,65 @@
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
@@ -892,115 +892,115 @@
         <v>39</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>45</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>52</v>
+      </c>
+      <c r="D19" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>53</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D20" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>57</v>
+      </c>
+      <c r="D21" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>58</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>60</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:4">
@@ -1033,101 +1033,101 @@
         <v>66</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>68</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D28" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>72</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>76</v>
+      </c>
+      <c r="D30" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>77</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D31" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>82</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D33" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>85</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>86</v>