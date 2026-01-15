--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -209,86 +209,86 @@
   <si>
     <t>10.56</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
     <t>Ян Горев</t>
   </si>
   <si>
     <t>19.22</t>
   </si>
   <si>
     <t>13.74</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>19.48</t>
+  </si>
+  <si>
+    <t>15.63</t>
+  </si>
+  <si>
     <t>Макар Тихонов</t>
   </si>
   <si>
     <t>19.55</t>
   </si>
   <si>
     <t>15.00</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>19.81</t>
   </si>
   <si>
     <t>15.25</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>16.60</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...7 lines deleted...]
-  <si>
     <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>20.03</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>20.47</t>
   </si>
   <si>
     <t>14.35</t>
   </si>
   <si>
     <t>Николай Катаев</t>
   </si>
   <si>
     <t>20.58</t>
   </si>
   <si>
     <t>16.54</t>
@@ -578,51 +578,51 @@
   <si>
     <t>Варвара Андреева</t>
   </si>
   <si>
     <t>37.31</t>
   </si>
   <si>
     <t>32.22</t>
   </si>
   <si>
     <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>38.52</t>
   </si>
   <si>
     <t>32.77</t>
   </si>
   <si>
     <t>Александр Дембицкий</t>
   </si>
   <si>
     <t>40.99</t>
   </si>
   <si>
-    <t>34.23</t>
+    <t>33.27</t>
   </si>
   <si>
     <t>Кирилл Афонин</t>
   </si>
   <si>
     <t>41.37</t>
   </si>
   <si>
     <t>27.56</t>
   </si>
   <si>
     <t>Амин Ашоур</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
     <t>34.79</t>
   </si>
   <si>
     <t>Владимир Козлов</t>
   </si>
   <si>
     <t>43.04</t>
   </si>