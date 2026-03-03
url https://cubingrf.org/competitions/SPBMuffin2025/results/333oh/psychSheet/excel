--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -26,399 +26,411 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>11.28</t>
+  </si>
+  <si>
+    <t>7.63</t>
+  </si>
+  <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>10.75</t>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...5 lines deleted...]
-    <t>7.63</t>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>12.67</t>
+  </si>
+  <si>
+    <t>10.78</t>
   </si>
   <si>
     <t>Павел Галактионов</t>
   </si>
   <si>
-    <t>11.71</t>
-[...11 lines deleted...]
-    <t>10.82</t>
+    <t>13.48</t>
+  </si>
+  <si>
+    <t>9.64</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
+    <t>10.35</t>
   </si>
   <si>
     <t>Лев Брусков</t>
   </si>
   <si>
     <t>14.15</t>
   </si>
   <si>
     <t>12.32</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>15.27</t>
   </si>
   <si>
-    <t>13.68</t>
+    <t>13.31</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>15.44</t>
   </si>
   <si>
     <t>12.51</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>15.89</t>
   </si>
   <si>
     <t>11.99</t>
   </si>
   <si>
+    <t>Дарья Белоногова</t>
+  </si>
+  <si>
+    <t>15.94</t>
+  </si>
+  <si>
+    <t>13.75</t>
+  </si>
+  <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
-    <t>Дарья Белоногова</t>
-[...7 lines deleted...]
-  <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
     <t>Олег Аккерман</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
     <t>13.05</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
-    <t>17.66</t>
+    <t>17.53</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
     <t>Петр Бухаров</t>
   </si>
   <si>
     <t>17.90</t>
   </si>
   <si>
     <t>15.22</t>
   </si>
   <si>
     <t>Мстислав Слабинский</t>
   </si>
   <si>
     <t>18.67</t>
   </si>
   <si>
     <t>15.64</t>
   </si>
   <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>18.79</t>
+  </si>
+  <si>
+    <t>14.64</t>
+  </si>
+  <si>
     <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>19.17</t>
   </si>
   <si>
-    <t>10.56</t>
+    <t>16.06</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
     <t>Ян Горев</t>
   </si>
   <si>
     <t>19.22</t>
   </si>
   <si>
-    <t>13.74</t>
+    <t>16.72</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>19.35</t>
+  </si>
+  <si>
+    <t>14.95</t>
+  </si>
+  <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>19.48</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...5 lines deleted...]
-    <t>15.00</t>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>19.67</t>
+  </si>
+  <si>
+    <t>14.35</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>19.81</t>
   </si>
   <si>
-    <t>15.25</t>
+    <t>15.07</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>16.60</t>
   </si>
   <si>
     <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>20.03</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
-[...7 lines deleted...]
-  <si>
     <t>Николай Катаев</t>
   </si>
   <si>
     <t>20.58</t>
   </si>
   <si>
     <t>16.54</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
-[...4 lines deleted...]
-  <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>21.06</t>
   </si>
   <si>
     <t>18.19</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
     <t>Михаил Николаев</t>
   </si>
   <si>
-    <t>22.47</t>
+    <t>22.10</t>
   </si>
   <si>
     <t>16.12</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>22.66</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>22.97</t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>23.98</t>
   </si>
   <si>
     <t>18.48</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
+    <t>Иван Стрешинский</t>
+  </si>
+  <si>
+    <t>24.61</t>
+  </si>
+  <si>
+    <t>21.17</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>26.44</t>
+  </si>
+  <si>
+    <t>22.35</t>
+  </si>
+  <si>
     <t>Кирилл Кузнецов</t>
   </si>
   <si>
-    <t>24.39</t>
-[...11 lines deleted...]
-    <t>21.17</t>
+    <t>26.89</t>
+  </si>
+  <si>
+    <t>23.62</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>27.06</t>
   </si>
   <si>
     <t>23.50</t>
   </si>
   <si>
     <t>Георгий Исанов</t>
   </si>
   <si>
     <t>27.33</t>
   </si>
   <si>
     <t>21.14</t>
   </si>
   <si>
     <t>Иван Смирнов</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
@@ -437,363 +449,351 @@
   <si>
     <t>Илья Зеленин</t>
   </si>
   <si>
     <t>28.25</t>
   </si>
   <si>
     <t>24.30</t>
   </si>
   <si>
     <t>Александр Калинин</t>
   </si>
   <si>
     <t>28.58</t>
   </si>
   <si>
     <t>25.28</t>
   </si>
   <si>
     <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>30.15</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...7 lines deleted...]
-  <si>
     <t>Александр Березко</t>
   </si>
   <si>
     <t>30.58</t>
   </si>
   <si>
     <t>27.98</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>31.58</t>
+  </si>
+  <si>
+    <t>25.52</t>
+  </si>
+  <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>32.19</t>
   </si>
   <si>
     <t>23.08</t>
   </si>
   <si>
     <t>Дарья Пойда</t>
   </si>
   <si>
     <t>32.54</t>
   </si>
   <si>
     <t>24.83</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>33.25</t>
   </si>
   <si>
     <t>21.99</t>
   </si>
   <si>
     <t>Илья Посевкин</t>
   </si>
   <si>
     <t>33.32</t>
   </si>
   <si>
     <t>27.46</t>
   </si>
   <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>33.93</t>
+  </si>
+  <si>
+    <t>27.88</t>
+  </si>
+  <si>
+    <t>Никита Кузнецов</t>
+  </si>
+  <si>
+    <t>35.36</t>
+  </si>
+  <si>
+    <t>31.06</t>
+  </si>
+  <si>
+    <t>Варвара Андреева</t>
+  </si>
+  <si>
+    <t>37.04</t>
+  </si>
+  <si>
+    <t>31.10</t>
+  </si>
+  <si>
+    <t>Никита Шихалиев</t>
+  </si>
+  <si>
+    <t>38.52</t>
+  </si>
+  <si>
+    <t>32.77</t>
+  </si>
+  <si>
+    <t>Александр Дембицкий</t>
+  </si>
+  <si>
+    <t>40.99</t>
+  </si>
+  <si>
+    <t>33.27</t>
+  </si>
+  <si>
+    <t>Кирилл Афонин</t>
+  </si>
+  <si>
+    <t>41.37</t>
+  </si>
+  <si>
+    <t>27.56</t>
+  </si>
+  <si>
+    <t>Амин Ашоур</t>
+  </si>
+  <si>
+    <t>42.25</t>
+  </si>
+  <si>
+    <t>34.79</t>
+  </si>
+  <si>
+    <t>Владимир Козлов</t>
+  </si>
+  <si>
+    <t>43.04</t>
+  </si>
+  <si>
+    <t>32.75</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>43.66</t>
+  </si>
+  <si>
+    <t>35.84</t>
+  </si>
+  <si>
+    <t>Михаил Мочалов</t>
+  </si>
+  <si>
+    <t>44.69</t>
+  </si>
+  <si>
+    <t>25.50</t>
+  </si>
+  <si>
+    <t>Данил Глаголев</t>
+  </si>
+  <si>
+    <t>49.37</t>
+  </si>
+  <si>
+    <t>40.90</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>50.37</t>
+  </si>
+  <si>
+    <t>42.66</t>
+  </si>
+  <si>
+    <t>Тимофей Цыганов</t>
+  </si>
+  <si>
+    <t>52.02</t>
+  </si>
+  <si>
+    <t>34.52</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
+  </si>
+  <si>
+    <t>Матвей Виреховский</t>
+  </si>
+  <si>
+    <t>55.03</t>
+  </si>
+  <si>
+    <t>44.21</t>
+  </si>
+  <si>
+    <t>Пётр Шипицин</t>
+  </si>
+  <si>
+    <t>55.35</t>
+  </si>
+  <si>
+    <t>51.10</t>
+  </si>
+  <si>
+    <t>Артём Савёлов</t>
+  </si>
+  <si>
+    <t>1:00.17</t>
+  </si>
+  <si>
+    <t>50.18</t>
+  </si>
+  <si>
+    <t>Владимир Серебренников</t>
+  </si>
+  <si>
+    <t>1:02.65</t>
+  </si>
+  <si>
+    <t>57.34</t>
+  </si>
+  <si>
+    <t>Иван Королев</t>
+  </si>
+  <si>
+    <t>1:18.99</t>
+  </si>
+  <si>
+    <t>57.21</t>
+  </si>
+  <si>
+    <t>Иван Лобачёв</t>
+  </si>
+  <si>
+    <t>45.08</t>
+  </si>
+  <si>
+    <t>Анастасия Вергунова</t>
+  </si>
+  <si>
+    <t>52.28</t>
+  </si>
+  <si>
+    <t>Александр Говорков</t>
+  </si>
+  <si>
+    <t>1:09.17</t>
+  </si>
+  <si>
+    <t>Лев Кураев</t>
+  </si>
+  <si>
+    <t>1:15.36</t>
+  </si>
+  <si>
+    <t>Андрей Артеменко</t>
+  </si>
+  <si>
+    <t>1:21.47</t>
+  </si>
+  <si>
+    <t>Александр Климонов</t>
+  </si>
+  <si>
+    <t>Алексей Русанов</t>
+  </si>
+  <si>
+    <t>Вера Иванова</t>
+  </si>
+  <si>
+    <t>Давид Меликян</t>
+  </si>
+  <si>
+    <t>Дмитрий Самотоенко</t>
+  </si>
+  <si>
+    <t>Матвей Каблуков</t>
+  </si>
+  <si>
     <t>Семен Крутецкий</t>
-  </si>
-[...229 lines deleted...]
-    <t>Матвей Каблуков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1398,93 +1398,93 @@
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>72</v>
@@ -1538,782 +1538,776 @@
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>83</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D29" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>86</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D30" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D33" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D34" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D37" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D38" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D39" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D40" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D43" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D44" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D45" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D46" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D47" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D48" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D49" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D50" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D51" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D52" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D53" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D54" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D55" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D56" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D57" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D58" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D59" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D60" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D61" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D62" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D63" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D64" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D65" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D66" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D67" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D68" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D69" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D71" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D72" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D73" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D74" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D75" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D76" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D77" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="83" spans="1:4">
-      <c r="A83">
-[...1 lines deleted...]
-      </c>
       <c r="B83" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C83" s="1"/>
-      <c r="D83" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="84" spans="1:4">
       <c r="B84" t="s">
         <v>240</v>
       </c>
       <c r="C84" s="1"/>
     </row>
     <row r="85" spans="1:4">
       <c r="B85" t="s">
         <v>241</v>
       </c>
       <c r="C85" s="1"/>
     </row>
     <row r="86" spans="1:4">
       <c r="B86" t="s">
         <v>242</v>
       </c>
       <c r="C86" s="1"/>
     </row>
     <row r="87" spans="1:4">
       <c r="B87" t="s">
         <v>243</v>
       </c>
       <c r="C87" s="1"/>
     </row>