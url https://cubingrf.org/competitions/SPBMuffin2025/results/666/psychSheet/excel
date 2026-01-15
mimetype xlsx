--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,375 +17,375 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>1:40.96</t>
   </si>
   <si>
     <t>1:30.25</t>
   </si>
   <si>
-    <t>Oleg Akkerman</t>
+    <t>Олег Аккерман</t>
   </si>
   <si>
     <t>1:45.78</t>
   </si>
   <si>
     <t>1:42.86</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>1:48.55</t>
   </si>
   <si>
     <t>1:44.57</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>1:51.08</t>
   </si>
   <si>
     <t>1:43.20</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>1:52.54</t>
   </si>
   <si>
     <t>1:44.32</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...8 lines deleted...]
-    <t>Georgii Isanov</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>1:53.20</t>
+  </si>
+  <si>
+    <t>1:47.25</t>
+  </si>
+  <si>
+    <t>Георгий Исанов</t>
   </si>
   <si>
     <t>1:57.67</t>
   </si>
   <si>
-    <t>1:54.04</t>
-[...2 lines deleted...]
-    <t>Maksim Ammosov</t>
+    <t>1:51.83</t>
+  </si>
+  <si>
+    <t>Максим Аммосов</t>
   </si>
   <si>
     <t>2:01.34</t>
   </si>
   <si>
     <t>1:59.88</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2:02.51</t>
   </si>
   <si>
     <t>1:51.86</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>2:09.92</t>
   </si>
   <si>
     <t>1:59.19</t>
   </si>
   <si>
-    <t>Nikolay Kataev</t>
+    <t>Николай Катаев</t>
   </si>
   <si>
     <t>2:14.94</t>
   </si>
   <si>
     <t>2:11.02</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>2:21.79</t>
   </si>
   <si>
     <t>2:15.98</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>2:22.54</t>
   </si>
   <si>
     <t>2:12.70</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>2:30.58</t>
   </si>
   <si>
     <t>2:23.08</t>
   </si>
   <si>
-    <t>Mikhail Nikolayev</t>
+    <t>Михаил Николаев</t>
   </si>
   <si>
     <t>2:34.71</t>
   </si>
   <si>
     <t>2:23.64</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:47.98</t>
   </si>
   <si>
     <t>2:39.72</t>
   </si>
   <si>
-    <t>Ilya Posevkin</t>
+    <t>Илья Посевкин</t>
   </si>
   <si>
     <t>3:12.28</t>
   </si>
   <si>
     <t>3:03.00</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>3:36.14</t>
   </si>
   <si>
     <t>3:24.13</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
-[...8 lines deleted...]
-    <t>Vladislav Zatolokin</t>
+    <t>Андрей Кошелев</t>
+  </si>
+  <si>
+    <t>3:38.96</t>
+  </si>
+  <si>
+    <t>3:31.67</t>
+  </si>
+  <si>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>3:44.62</t>
   </si>
   <si>
     <t>3:31.36</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>3:48.62</t>
   </si>
   <si>
     <t>3:26.90</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>4:15.92</t>
   </si>
   <si>
     <t>3:48.79</t>
   </si>
   <si>
-    <t>Nikita Shihaliev</t>
+    <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>4:18.78</t>
   </si>
   <si>
     <t>3:18.73</t>
   </si>
   <si>
-    <t>Kseniya Varfolomeeva</t>
+    <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>4:38.11</t>
   </si>
   <si>
     <t>4:15.97</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>5:16.06</t>
   </si>
   <si>
     <t>5:02.23</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>5:16.92</t>
   </si>
   <si>
     <t>5:04.25</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>5:39.58</t>
   </si>
   <si>
     <t>5:30.13</t>
   </si>
   <si>
-    <t>Lev Kuraev</t>
+    <t>Лев Кураев</t>
   </si>
   <si>
     <t>5:45.54</t>
   </si>
   <si>
     <t>5:02.08</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>5:50.52</t>
   </si>
   <si>
     <t>5:11.30</t>
   </si>
   <si>
-    <t>Petr Shipitsin</t>
+    <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>7:32.20</t>
   </si>
   <si>
     <t>5:41.34</t>
   </si>
   <si>
-    <t>Andrei Abramov</t>
+    <t>Андрей Абрамов</t>
   </si>
   <si>
     <t>3:31.29</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>3:42.78</t>
   </si>
   <si>
-    <t>Lev Bruskov</t>
+    <t>Лев Брусков</t>
   </si>
   <si>
     <t>4:09.90</t>
   </si>
   <si>
-    <t>Aleksandr Hrenov</t>
+    <t>Александр Хренов</t>
   </si>
   <si>
     <t>5:27.78</t>
   </si>
   <si>
-    <t>Aleksandr Klimonov</t>
-[...11 lines deleted...]
-    <t>Ian Gorev</t>
+    <t>Александр Климонов</t>
+  </si>
+  <si>
+    <t>Анастасия Вергунова</t>
+  </si>
+  <si>
+    <t>Арсений Кислицын</t>
+  </si>
+  <si>
+    <t>Матвей Каблуков</t>
+  </si>
+  <si>
+    <t>Ян Горев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -708,51 +708,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C41" sqref="C41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>