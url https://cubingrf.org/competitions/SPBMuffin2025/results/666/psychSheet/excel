--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,215 +12,224 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
-    <t>1:40.96</t>
-[...2 lines deleted...]
-    <t>1:30.25</t>
+    <t>1:32.99</t>
+  </si>
+  <si>
+    <t>1:27.13</t>
   </si>
   <si>
     <t>Олег Аккерман</t>
   </si>
   <si>
     <t>1:45.78</t>
   </si>
   <si>
     <t>1:42.86</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
-    <t>1:48.55</t>
-[...2 lines deleted...]
-    <t>1:44.57</t>
+    <t>1:46.68</t>
+  </si>
+  <si>
+    <t>1:43.51</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:51.08</t>
   </si>
   <si>
     <t>1:43.20</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
-    <t>1:52.54</t>
-[...2 lines deleted...]
-    <t>1:44.32</t>
+    <t>1:51.48</t>
+  </si>
+  <si>
+    <t>1:40.60</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>1:53.20</t>
   </si>
   <si>
     <t>1:47.25</t>
   </si>
   <si>
     <t>Георгий Исанов</t>
   </si>
   <si>
-    <t>1:57.67</t>
-[...2 lines deleted...]
-    <t>1:51.83</t>
+    <t>1:53.25</t>
+  </si>
+  <si>
+    <t>1:43.19</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
     <t>2:01.34</t>
   </si>
   <si>
-    <t>1:59.88</t>
+    <t>1:57.38</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2:02.51</t>
   </si>
   <si>
     <t>1:51.86</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>2:09.92</t>
   </si>
   <si>
     <t>1:59.19</t>
   </si>
   <si>
+    <t>Михаил Николаев</t>
+  </si>
+  <si>
+    <t>2:14.41</t>
+  </si>
+  <si>
+    <t>2:03.41</t>
+  </si>
+  <si>
     <t>Николай Катаев</t>
   </si>
   <si>
     <t>2:14.94</t>
   </si>
   <si>
     <t>2:11.02</t>
   </si>
   <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>2:15.52</t>
+  </si>
+  <si>
+    <t>2:06.94</t>
+  </si>
+  <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>2:21.79</t>
   </si>
   <si>
     <t>2:15.98</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
-[...7 lines deleted...]
-  <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>2:30.58</t>
   </si>
   <si>
     <t>2:23.08</t>
   </si>
   <si>
-    <t>Михаил Николаев</t>
-[...5 lines deleted...]
-    <t>2:23.64</t>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>2:42.41</t>
+  </si>
+  <si>
+    <t>2:36.82</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...5 lines deleted...]
-    <t>2:39.72</t>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>2:57.13</t>
+  </si>
+  <si>
+    <t>2:56.37</t>
   </si>
   <si>
     <t>Илья Посевкин</t>
   </si>
   <si>
     <t>3:12.28</t>
   </si>
   <si>
     <t>3:03.00</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>3:36.14</t>
   </si>
   <si>
     <t>3:24.13</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>3:38.96</t>
   </si>
@@ -251,135 +260,123 @@
   <si>
     <t>4:15.92</t>
   </si>
   <si>
     <t>3:48.79</t>
   </si>
   <si>
     <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>4:18.78</t>
   </si>
   <si>
     <t>3:18.73</t>
   </si>
   <si>
     <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>4:38.11</t>
   </si>
   <si>
     <t>4:15.97</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...7 lines deleted...]
-  <si>
     <t>Диана Мурник</t>
   </si>
   <si>
     <t>5:16.92</t>
   </si>
   <si>
     <t>5:04.25</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>5:39.58</t>
   </si>
   <si>
     <t>5:30.13</t>
   </si>
   <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>5:42.86</t>
+  </si>
+  <si>
+    <t>5:11.30</t>
+  </si>
+  <si>
     <t>Лев Кураев</t>
   </si>
   <si>
     <t>5:45.54</t>
   </si>
   <si>
     <t>5:02.08</t>
   </si>
   <si>
-    <t>Егор Еремин</t>
-[...7 lines deleted...]
-  <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>7:32.20</t>
   </si>
   <si>
     <t>5:41.34</t>
   </si>
   <si>
     <t>Андрей Абрамов</t>
   </si>
   <si>
     <t>3:31.29</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>3:42.78</t>
   </si>
   <si>
+    <t>Александр Хренов</t>
+  </si>
+  <si>
+    <t>5:27.78</t>
+  </si>
+  <si>
+    <t>Александр Климонов</t>
+  </si>
+  <si>
+    <t>Анастасия Вергунова</t>
+  </si>
+  <si>
+    <t>Арсений Кислицын</t>
+  </si>
+  <si>
     <t>Лев Брусков</t>
-  </si>
-[...16 lines deleted...]
-    <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>Матвей Каблуков</t>
   </si>
   <si>
     <t>Ян Горев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1198,88 +1195,82 @@
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>99</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>101</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:4">
-      <c r="A36">
-[...1 lines deleted...]
-      </c>
       <c r="B36" t="s">
         <v>103</v>
       </c>
       <c r="C36" s="1"/>
-      <c r="D36" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="B37" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C37" s="1"/>
     </row>
     <row r="38" spans="1:4">
       <c r="B38" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C38" s="1"/>
     </row>
     <row r="39" spans="1:4">
       <c r="B39" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C39" s="1"/>
     </row>
     <row r="40" spans="1:4">
       <c r="B40" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C40" s="1"/>
     </row>
     <row r="41" spans="1:4">
       <c r="B41" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C41" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>