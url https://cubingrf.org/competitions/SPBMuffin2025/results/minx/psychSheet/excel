--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
     <t>37.98</t>
   </si>
   <si>
     <t>33.28</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
@@ -170,86 +170,104 @@
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
     <t>1:00.26</t>
   </si>
   <si>
     <t>58.39</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:04.53</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
+    <t>Мстислав Слабинский</t>
+  </si>
+  <si>
+    <t>1:08.61</t>
+  </si>
+  <si>
+    <t>59.21</t>
+  </si>
+  <si>
     <t>Макар Тихонов</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>1:08.40</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:15.17</t>
   </si>
   <si>
     <t>1:11.32</t>
   </si>
   <si>
     <t>Екатерина Полежаева</t>
   </si>
   <si>
     <t>1:16.20</t>
   </si>
   <si>
     <t>1:07.28</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:16.31</t>
   </si>
   <si>
     <t>1:07.56</t>
   </si>
   <si>
+    <t>Михаил Древаль</t>
+  </si>
+  <si>
+    <t>1:16.39</t>
+  </si>
+  <si>
+    <t>1:05.56</t>
+  </si>
+  <si>
     <t>Олег Аккерман</t>
   </si>
   <si>
     <t>1:19.14</t>
   </si>
   <si>
     <t>1:09.92</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
     <t>Лев Брусков</t>
   </si>
   <si>
     <t>1:21.14</t>
   </si>
   <si>
     <t>1:09.18</t>
@@ -257,333 +275,312 @@
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:30.74</t>
   </si>
   <si>
     <t>1:21.43</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:33.34</t>
   </si>
   <si>
-    <t>1:21.48</t>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>1:34.98</t>
+  </si>
+  <si>
+    <t>1:22.85</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>1:35.62</t>
   </si>
   <si>
     <t>1:24.37</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:35.65</t>
+  </si>
+  <si>
+    <t>1:30.19</t>
+  </si>
+  <si>
     <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>1:36.56</t>
   </si>
   <si>
     <t>1:29.69</t>
   </si>
   <si>
     <t>Георгий Исанов</t>
   </si>
   <si>
     <t>1:38.28</t>
   </si>
   <si>
     <t>1:27.10</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...7 lines deleted...]
-  <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>1:41.14</t>
   </si>
   <si>
     <t>1:30.87</t>
   </si>
   <si>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>1:42.76</t>
+  </si>
+  <si>
+    <t>1:29.44</t>
+  </si>
+  <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>1:43.31</t>
   </si>
   <si>
     <t>1:33.92</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
     <t>Никита Малышкин</t>
   </si>
   <si>
     <t>1:44.44</t>
   </si>
   <si>
     <t>1:31.87</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:45.77</t>
   </si>
   <si>
     <t>1:32.62</t>
   </si>
   <si>
-    <t>Ксения Варфоломеева</t>
-[...16 lines deleted...]
-  <si>
     <t>Иван Смирнов</t>
   </si>
   <si>
     <t>1:51.20</t>
   </si>
   <si>
     <t>1:31.58</t>
   </si>
   <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>1:51.90</t>
   </si>
   <si>
     <t>1:38.46</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:53.40</t>
   </si>
   <si>
     <t>1:40.28</t>
   </si>
   <si>
-    <t>Михаил Древаль</t>
-[...7 lines deleted...]
-  <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:10.48</t>
   </si>
   <si>
     <t>1:51.91</t>
   </si>
   <si>
     <t>Дарья Пойда</t>
   </si>
   <si>
     <t>2:29.62</t>
   </si>
   <si>
     <t>2:15.02</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>2:34.68</t>
   </si>
   <si>
     <t>1:59.21</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...5 lines deleted...]
-    <t>2:26.87</t>
+    <t>Александр Березко</t>
+  </si>
+  <si>
+    <t>2:05.70</t>
+  </si>
+  <si>
+    <t>Мария Подчуфарова</t>
+  </si>
+  <si>
+    <t>2:07.11</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>2:18.01</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>2:19.22</t>
+  </si>
+  <si>
+    <t>Александр Калинин</t>
+  </si>
+  <si>
+    <t>2:25.14</t>
+  </si>
+  <si>
+    <t>Тимофей Цыганов</t>
+  </si>
+  <si>
+    <t>2:36.87</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
-    <t>3:39.27</t>
-[...1 lines deleted...]
-  <si>
     <t>2:44.28</t>
   </si>
   <si>
-    <t>Дмитрий Дунаев</t>
-[...37 lines deleted...]
-  <si>
     <t>Юлия Козлова</t>
   </si>
   <si>
     <t>2:51.19</t>
   </si>
   <si>
     <t>Лев Кураев</t>
   </si>
   <si>
     <t>2:52.68</t>
   </si>
   <si>
     <t>Татьяна Григоровская</t>
   </si>
   <si>
     <t>2:59.78</t>
   </si>
   <si>
     <t>Иван Королев</t>
   </si>
   <si>
     <t>3:00.44</t>
   </si>
   <si>
     <t>Кирилл Афонин</t>
   </si>
   <si>
     <t>3:12.07</t>
   </si>
   <si>
+    <t>Владимир Серебренников</t>
+  </si>
+  <si>
+    <t>3:36.44</t>
+  </si>
+  <si>
+    <t>Илья Посевкин</t>
+  </si>
+  <si>
+    <t>3:46.89</t>
+  </si>
+  <si>
     <t>Александр Говорков</t>
   </si>
   <si>
-    <t>3:22.38</t>
-[...5 lines deleted...]
-    <t>3:46.89</t>
+    <t>4:13.63</t>
   </si>
   <si>
     <t>Александр Климонов</t>
   </si>
   <si>
     <t>Александра Дорочинская</t>
   </si>
   <si>
     <t>Алексей Русанов</t>
   </si>
   <si>
     <t>Анастасия Вергунова</t>
   </si>
   <si>
     <t>Андрей Колесников</t>
   </si>
   <si>
     <t>Арсений Прокаев</t>
-  </si>
-[...1 lines deleted...]
-    <t>Владимир Серебренников</t>
   </si>
   <si>
     <t>Данил Глаголев</t>
   </si>
   <si>
     <t>Данила Волосных</t>
   </si>
   <si>
     <t>Дмитрий Самотоенко</t>
   </si>
   <si>
     <t>Матвей Каблуков</t>
   </si>
   <si>
     <t>Мирон Озеров</t>
   </si>
   <si>
     <t>Руслан Королёв</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1580,290 +1577,292 @@
       <c r="D45" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>136</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D46" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>139</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="C47" s="1"/>
+      <c r="D47" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>141</v>
+      </c>
+      <c r="C48" s="1"/>
+      <c r="D48" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61">
+        <v>60</v>
+      </c>
+      <c r="B61" t="s">
+        <v>167</v>
+      </c>
+      <c r="C61" s="1"/>
+      <c r="D61" t="s">
         <v>168</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C61" s="1"/>
     </row>
     <row r="62" spans="1:4">
       <c r="B62" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C62" s="1"/>
     </row>
     <row r="63" spans="1:4">
       <c r="B63" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C63" s="1"/>
     </row>
     <row r="64" spans="1:4">
       <c r="B64" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C64" s="1"/>
     </row>
     <row r="65" spans="1:4">
       <c r="B65" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C65" s="1"/>
     </row>
     <row r="66" spans="1:4">
       <c r="B66" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C66" s="1"/>
     </row>
     <row r="67" spans="1:4">
       <c r="B67" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C67" s="1"/>
     </row>
     <row r="68" spans="1:4">
       <c r="B68" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C68" s="1"/>
     </row>
     <row r="69" spans="1:4">
       <c r="B69" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C69" s="1"/>
     </row>
     <row r="70" spans="1:4">
       <c r="B70" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C70" s="1"/>
     </row>
     <row r="71" spans="1:4">
       <c r="B71" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C71" s="1"/>
     </row>
     <row r="72" spans="1:4">
       <c r="B72" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C72" s="1"/>
     </row>
     <row r="73" spans="1:4">
       <c r="B73" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C73" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>