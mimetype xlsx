--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -29,108 +29,108 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>37.50</t>
+    <t>36.35</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>54.98</t>
-[...2 lines deleted...]
-    <t>46.39</t>
+    <t>54.02</t>
+  </si>
+  <si>
+    <t>46.09</t>
   </si>
   <si>
     <t>Павел Галактионов</t>
   </si>
   <si>
     <t>1:06.07</t>
   </si>
   <si>
     <t>55.70</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>1:09.32</t>
+  </si>
+  <si>
+    <t>1:00.05</t>
+  </si>
+  <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:10.82</t>
   </si>
   <si>
     <t>1:03.16</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>1:10.84</t>
   </si>
   <si>
     <t>1:03.37</t>
-  </si>
-[...7 lines deleted...]
-    <t>1:00.05</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>1:12.60</t>
   </si>
   <si>
     <t>1:07.88</t>
   </si>
   <si>
     <t>Михаил Николаев</t>
   </si>
   <si>
     <t>1:13.64</t>
   </si>
   <si>
     <t>1:08.69</t>
   </si>
   <si>
     <t>Михаил Калашников</t>
   </si>
   <si>
     <t>1:17.68</t>
   </si>