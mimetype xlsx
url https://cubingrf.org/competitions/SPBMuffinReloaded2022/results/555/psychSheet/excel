--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,174 +29,174 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>36.35</t>
+    <t>38.03</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>54.02</t>
+    <t>52.82</t>
   </si>
   <si>
     <t>46.09</t>
   </si>
   <si>
+    <t>Михаил Николаев</t>
+  </si>
+  <si>
+    <t>1:04.10</t>
+  </si>
+  <si>
+    <t>56.11</t>
+  </si>
+  <si>
     <t>Павел Галактионов</t>
   </si>
   <si>
     <t>1:06.07</t>
   </si>
   <si>
     <t>55.70</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
+    <t>57.96</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>1:10.43</t>
+  </si>
+  <si>
+    <t>1:07.88</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:10.82</t>
   </si>
   <si>
     <t>1:03.16</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>1:10.84</t>
   </si>
   <si>
     <t>1:03.37</t>
   </si>
   <si>
-    <t>Николай Васильев</t>
-[...16 lines deleted...]
-  <si>
     <t>Михаил Калашников</t>
   </si>
   <si>
     <t>1:17.68</t>
   </si>
   <si>
     <t>1:06.74</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>1:11.67</t>
   </si>
   <si>
+    <t>Ян Горев</t>
+  </si>
+  <si>
+    <t>1:21.13</t>
+  </si>
+  <si>
+    <t>1:09.37</t>
+  </si>
+  <si>
     <t>Владимир Семидьянов</t>
   </si>
   <si>
     <t>1:22.94</t>
   </si>
   <si>
     <t>1:17.35</t>
   </si>
   <si>
-    <t>Ян Горев</t>
-[...7 lines deleted...]
-  <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
     <t>1:25.09</t>
   </si>
   <si>
     <t>1:19.18</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>1:30.99</t>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>1:31.56</t>
   </si>
   <si>
     <t>1:23.60</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:43.81</t>
   </si>
   <si>
     <t>1:31.12</t>
   </si>
   <si>
     <t>Иван Ковалев</t>
   </si>
@@ -233,54 +233,54 @@
   <si>
     <t>1:55.63</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>2:17.96</t>
   </si>
   <si>
     <t>2:04.49</t>
   </si>
   <si>
     <t>Григорий Фрейдин</t>
   </si>
   <si>
     <t>2:25.01</t>
   </si>
   <si>
     <t>2:02.34</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
-    <t>3:05.17</t>
-[...2 lines deleted...]
-    <t>2:40.12</t>
+    <t>2:36.62</t>
+  </si>
+  <si>
+    <t>2:27.28</t>
   </si>
   <si>
     <t>Марк Измайлов</t>
   </si>
   <si>
     <t>2:11.64</t>
   </si>
   <si>
     <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>2:26.15</t>
   </si>
   <si>
     <t>Никита Кузнецов</t>
   </si>
   <si>
     <t>3:27.91</t>
   </si>
   <si>
     <t>Александр Большаков</t>
   </si>
   <si>
     <t>3:32.41</t>
   </si>