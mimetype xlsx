--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,315 +17,315 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...11 lines deleted...]
-    <t>25.33</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Timofei Tarasenko</t>
+  </si>
+  <si>
+    <t>24.38</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
+    <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Никита Малыхин</t>
+    <t>Nikita Malykhin</t>
   </si>
   <si>
     <t>47.75</t>
   </si>
   <si>
     <t>42.36</t>
   </si>
   <si>
-    <t>Николай Васильев</t>
+    <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>56.73</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
-    <t>Леонид Тарасенко</t>
+    <t>Leonid Tarasenko</t>
   </si>
   <si>
     <t>59.37</t>
   </si>
   <si>
     <t>51.31</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
-    <t>Даниил Тамбовцев</t>
+    <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>1:05.90</t>
   </si>
   <si>
     <t>56.62</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
     <t>1:02.12</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>1:15.17</t>
   </si>
   <si>
     <t>1:11.32</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>Артур Чечёхин</t>
+    <t>Artur Chechekhin</t>
   </si>
   <si>
     <t>1:28.39</t>
   </si>
   <si>
     <t>1:19.29</t>
   </si>
   <si>
-    <t>Павел Галактионов</t>
+    <t>Pavel Galaktionov</t>
   </si>
   <si>
     <t>1:34.92</t>
   </si>
   <si>
     <t>1:03.49</t>
   </si>
   <si>
-    <t>Иван Сидоренко</t>
+    <t>Ivan Sidorenko</t>
   </si>
   <si>
     <t>1:35.62</t>
   </si>
   <si>
     <t>1:24.37</t>
   </si>
   <si>
-    <t>Иван Ковалев</t>
+    <t>Ivan Kovalev</t>
   </si>
   <si>
     <t>1:50.01</t>
   </si>
   <si>
     <t>1:39.46</t>
   </si>
   <si>
-    <t>Роман Поникаровский</t>
+    <t>Roman Ponikarovskiy</t>
   </si>
   <si>
     <t>1:50.85</t>
   </si>
   <si>
     <t>1:38.01</t>
   </si>
   <si>
-    <t>Владислав Шуршилин</t>
+    <t>Vladislav Shurshilin</t>
   </si>
   <si>
     <t>1:57.59</t>
   </si>
   <si>
     <t>1:52.12</t>
   </si>
   <si>
-    <t>Анастасия Регонен</t>
+    <t>Anastasia Gubanova</t>
   </si>
   <si>
     <t>1:58.63</t>
   </si>
   <si>
     <t>1:36.34</t>
   </si>
   <si>
-    <t>Айдар Аминев</t>
+    <t>Aidar Aminev</t>
   </si>
   <si>
     <t>2:02.52</t>
   </si>
   <si>
     <t>1:53.40</t>
   </si>
   <si>
-    <t>Дмитрий Суслов</t>
+    <t>Dmitriy Suslov</t>
   </si>
   <si>
     <t>2:30.42</t>
   </si>
   <si>
     <t>2:04.52</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
+    <t>Olga Yasakova</t>
   </si>
   <si>
     <t>2:44.11</t>
   </si>
   <si>
     <t>2:26.87</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>2:49.84</t>
   </si>
   <si>
     <t>2:14.39</t>
   </si>
   <si>
-    <t>Полина Коробкина</t>
+    <t>Polina Korobkina</t>
   </si>
   <si>
     <t>3:43.86</t>
   </si>
   <si>
     <t>2:26.42</t>
   </si>
   <si>
-    <t>Андрей Крылов</t>
+    <t>Andrey Krylov</t>
   </si>
   <si>
     <t>2:24.24</t>
   </si>
   <si>
-    <t>Филипп Чумаков</t>
+    <t>Filipp Chumakov</t>
   </si>
   <si>
     <t>2:28.47</t>
   </si>
   <si>
-    <t>Сергей Коробкин</t>
+    <t>Sergei Korobkin</t>
   </si>
   <si>
     <t>3:19.95</t>
   </si>
   <si>
-    <t>Илья Посевкин</t>
+    <t>Ilya Posevkin</t>
   </si>
   <si>
     <t>3:46.89</t>
   </si>
   <si>
-    <t>Никита Кузнецов</t>
+    <t>Nikita Kuznetsov</t>
   </si>
   <si>
     <t>4:38.41</t>
   </si>
   <si>
-    <t>Анастасия Артемьева</t>
-[...17 lines deleted...]
-    <t>Михаил Николаев</t>
+    <t>Anastasiya Artemʹyeva</t>
+  </si>
+  <si>
+    <t>Andrey Sokolov</t>
+  </si>
+  <si>
+    <t>Arseniy Paramonov</t>
+  </si>
+  <si>
+    <t>Darʹya Shiryayeva</t>
+  </si>
+  <si>
+    <t>Ivan Gorelov</t>
+  </si>
+  <si>
+    <t>Marat Bagdayev</t>
+  </si>
+  <si>
+    <t>Mikhail Nikolayev</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -648,51 +648,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C36" sqref="C36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>