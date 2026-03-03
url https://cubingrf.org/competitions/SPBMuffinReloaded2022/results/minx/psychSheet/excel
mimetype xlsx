--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,320 +12,308 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>24.38</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>25.33</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>47.75</t>
   </si>
   <si>
     <t>42.36</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>56.73</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
-[...8 lines deleted...]
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:05.90</t>
   </si>
   <si>
     <t>56.62</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Леонид Тарасенко</t>
+  </si>
+  <si>
+    <t>1:07.49</t>
+  </si>
+  <si>
+    <t>59.76</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
-    <t>1:02.12</t>
-[...2 lines deleted...]
-    <t>Aleksandra Lukianova</t>
+    <t>1:01.77</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:15.17</t>
   </si>
   <si>
     <t>1:11.32</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>Artur Chechekhin</t>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>1:28.39</t>
   </si>
   <si>
     <t>1:19.29</t>
   </si>
   <si>
-    <t>Pavel Galaktionov</t>
-[...2 lines deleted...]
-    <t>1:34.92</t>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>1:35.62</t>
+  </si>
+  <si>
+    <t>1:24.37</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:35.65</t>
+  </si>
+  <si>
+    <t>1:30.19</t>
+  </si>
+  <si>
+    <t>Павел Галактионов</t>
+  </si>
+  <si>
+    <t>1:41.54</t>
   </si>
   <si>
     <t>1:03.49</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
-[...8 lines deleted...]
-    <t>Ivan Kovalev</t>
+    <t>Иван Ковалев</t>
   </si>
   <si>
     <t>1:50.01</t>
   </si>
   <si>
     <t>1:39.46</t>
   </si>
   <si>
-    <t>Roman Ponikarovskiy</t>
-[...8 lines deleted...]
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>1:57.59</t>
   </si>
   <si>
-    <t>1:52.12</t>
-[...2 lines deleted...]
-    <t>Anastasia Gubanova</t>
+    <t>1:52.22</t>
+  </si>
+  <si>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>1:58.63</t>
   </si>
   <si>
     <t>1:36.34</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>2:02.52</t>
   </si>
   <si>
     <t>1:53.40</t>
   </si>
   <si>
-    <t>Dmitriy Suslov</t>
+    <t>Дмитрий Суслов</t>
   </si>
   <si>
     <t>2:30.42</t>
   </si>
   <si>
     <t>2:04.52</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...8 lines deleted...]
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>2:49.84</t>
   </si>
   <si>
-    <t>2:14.39</t>
-[...5 lines deleted...]
-    <t>3:43.86</t>
+    <t>2:39.41</t>
+  </si>
+  <si>
+    <t>Роман Поникаровский</t>
+  </si>
+  <si>
+    <t>2:08.28</t>
+  </si>
+  <si>
+    <t>Андрей Крылов</t>
+  </si>
+  <si>
+    <t>2:24.24</t>
+  </si>
+  <si>
+    <t>Полина Коробкина</t>
   </si>
   <si>
     <t>2:26.42</t>
   </si>
   <si>
-    <t>Andrey Krylov</t>
-[...5 lines deleted...]
-    <t>Filipp Chumakov</t>
+    <t>Филипп Чумаков</t>
   </si>
   <si>
     <t>2:28.47</t>
   </si>
   <si>
-    <t>Sergei Korobkin</t>
-[...5 lines deleted...]
-    <t>Ilya Posevkin</t>
+    <t>Илья Посевкин</t>
   </si>
   <si>
     <t>3:46.89</t>
   </si>
   <si>
-    <t>Nikita Kuznetsov</t>
-[...23 lines deleted...]
-    <t>Mikhail Nikolayev</t>
+    <t>Анастасия Артемьева</t>
+  </si>
+  <si>
+    <t>Андрей Соколов</t>
+  </si>
+  <si>
+    <t>Арсений Парамонов</t>
+  </si>
+  <si>
+    <t>Дарья Ширяева</t>
+  </si>
+  <si>
+    <t>Иван Горелов</t>
+  </si>
+  <si>
+    <t>Марат Багдаев</t>
+  </si>
+  <si>
+    <t>Михаил Николаев</t>
+  </si>
+  <si>
+    <t>Никита Кузнецов</t>
+  </si>
+  <si>
+    <t>Сергей Коробкин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -648,51 +636,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C36" sqref="C36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -968,170 +956,154 @@
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="C23" s="1"/>
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1"/>
+      <c r="D24" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="B28" t="s">
+        <v>77</v>
+      </c>
+      <c r="C28" s="1"/>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="B29" t="s">
         <v>78</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      </c>
       <c r="C29" s="1"/>
-      <c r="D29" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="B30" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C30" s="1"/>
     </row>
     <row r="31" spans="1:4">
       <c r="B31" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="C31" s="1"/>
     </row>
     <row r="32" spans="1:4">
       <c r="B32" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C32" s="1"/>
     </row>
     <row r="33" spans="1:4">
       <c r="B33" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C33" s="1"/>
     </row>
     <row r="34" spans="1:4">
       <c r="B34" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C34" s="1"/>
     </row>
     <row r="35" spans="1:4">
       <c r="B35" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C35" s="1"/>
     </row>
     <row r="36" spans="1:4">
       <c r="B36" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C36" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>