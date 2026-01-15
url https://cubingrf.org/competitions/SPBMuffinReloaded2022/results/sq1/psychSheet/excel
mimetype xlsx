--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -89,75 +89,75 @@
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>13.51</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>17.46</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>21.97</t>
+  </si>
+  <si>
+    <t>15.81</t>
+  </si>
+  <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>22.60</t>
   </si>
   <si>
     <t>16.90</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>23.59</t>
   </si>
   <si>
     <t>14.24</t>
-  </si>
-[...7 lines deleted...]
-    <t>15.81</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
     <t>16.81</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>14.97</t>
   </si>
   <si>
     <t>Иван Ковалев</t>
   </si>
   <si>
     <t>28.02</t>
   </si>