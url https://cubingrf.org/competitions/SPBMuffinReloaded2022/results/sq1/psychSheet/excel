--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,195 +29,195 @@
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
-    <t>9.43</t>
-[...2 lines deleted...]
-    <t>7.50</t>
+    <t>8.75</t>
+  </si>
+  <si>
+    <t>6.55</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>12.59</t>
+    <t>12.71</t>
   </si>
   <si>
     <t>9.05</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>13.79</t>
   </si>
   <si>
-    <t>11.46</t>
+    <t>11.24</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
     <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>13.51</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>17.46</t>
-[...2 lines deleted...]
-    <t>12.63</t>
+    <t>17.89</t>
+  </si>
+  <si>
+    <t>15.45</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>21.97</t>
   </si>
   <si>
-    <t>15.81</t>
+    <t>14.46</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>22.60</t>
   </si>
   <si>
     <t>16.90</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>23.59</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
     <t>16.81</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
-    <t>27.65</t>
+    <t>27.99</t>
   </si>
   <si>
     <t>14.97</t>
   </si>
   <si>
     <t>Иван Ковалев</t>
   </si>
   <si>
     <t>28.02</t>
   </si>
   <si>
     <t>22.51</t>
   </si>
   <si>
     <t>Роман Поникаровский</t>
   </si>
   <si>
-    <t>32.50</t>
+    <t>35.10</t>
   </si>
   <si>
     <t>22.48</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
-    <t>36.23</t>
+    <t>37.91</t>
   </si>
   <si>
     <t>23.03</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
     <t>43.21</t>
   </si>
   <si>
     <t>26.33</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
-    <t>46.60</t>
+    <t>44.29</t>
   </si>
   <si>
     <t>23.66</t>
   </si>
   <si>
     <t>Марк Измайлов</t>
   </si>
   <si>
     <t>49.03</t>
   </si>
   <si>
     <t>35.48</t>
   </si>
   <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>55.16</t>
   </si>
   <si>
     <t>41.92</t>
   </si>
   <si>
     <t>Григорий Фрейдин</t>
   </si>