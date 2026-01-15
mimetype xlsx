--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -71,93 +71,93 @@
   <si>
     <t>58.84</t>
   </si>
   <si>
     <t>53.58</t>
   </si>
   <si>
     <t>Maksim Ammosov</t>
   </si>
   <si>
     <t>1:01.02</t>
   </si>
   <si>
     <t>57.67</t>
   </si>
   <si>
     <t>Vadim Sukharev</t>
   </si>
   <si>
     <t>1:09.29</t>
   </si>
   <si>
     <t>59.43</t>
   </si>
   <si>
+    <t>Aleksandr Kropotov</t>
+  </si>
+  <si>
+    <t>1:09.66</t>
+  </si>
+  <si>
+    <t>1:05.86</t>
+  </si>
+  <si>
     <t>Georgii Isanov</t>
   </si>
   <si>
     <t>1:12.13</t>
   </si>
   <si>
-    <t>1:03.60</t>
+    <t>1:03.35</t>
   </si>
   <si>
     <t>Aleksandr Gerasimov</t>
   </si>
   <si>
     <t>1:16.27</t>
   </si>
   <si>
     <t>1:12.92</t>
   </si>
   <si>
     <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>1:17.68</t>
   </si>
   <si>
     <t>1:11.67</t>
   </si>
   <si>
     <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>1:18.31</t>
   </si>
   <si>
     <t>1:08.33</t>
-  </si>
-[...7 lines deleted...]
-    <t>1:05.86</t>
   </si>
   <si>
     <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
     <t>Olga Yasakova</t>
   </si>
   <si>
     <t>1:30.99</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
     <t>Egor Kharitonov</t>
   </si>
   <si>
     <t>1:38.53</t>
   </si>