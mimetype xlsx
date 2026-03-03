--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,306 +17,306 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
-[...8 lines deleted...]
-    <t>Maksim Ammosov</t>
+    <t>Никита Попков</t>
+  </si>
+  <si>
+    <t>1:00.12</t>
+  </si>
+  <si>
+    <t>49.14</t>
+  </si>
+  <si>
+    <t>Максим Аммосов</t>
   </si>
   <si>
     <t>1:01.02</t>
   </si>
   <si>
     <t>57.67</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
-[...2 lines deleted...]
-    <t>1:09.29</t>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>1:05.43</t>
   </si>
   <si>
     <t>59.43</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>1:09.66</t>
   </si>
   <si>
     <t>1:05.86</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
-[...2 lines deleted...]
-    <t>1:12.13</t>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>1:09.78</t>
   </si>
   <si>
     <t>1:03.35</t>
   </si>
   <si>
-    <t>Aleksandr Gerasimov</t>
+    <t>Александр Герасимов</t>
   </si>
   <si>
     <t>1:16.27</t>
   </si>
   <si>
     <t>1:12.92</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>1:16.42</t>
+  </si>
+  <si>
+    <t>1:08.33</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>1:17.68</t>
   </si>
   <si>
     <t>1:11.67</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
-[...8 lines deleted...]
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...2 lines deleted...]
-    <t>1:30.99</t>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>1:29.46</t>
+  </si>
+  <si>
+    <t>1:10.33</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Egor Kharitonov</t>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>1:32.98</t>
+  </si>
+  <si>
+    <t>1:25.03</t>
+  </si>
+  <si>
+    <t>Егор Харитонов</t>
   </si>
   <si>
     <t>1:38.53</t>
   </si>
   <si>
     <t>1:32.56</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:43.81</t>
   </si>
   <si>
     <t>1:31.12</t>
   </si>
   <si>
-    <t>Ilya Posevkin</t>
+    <t>Илья Посевкин</t>
   </si>
   <si>
     <t>1:47.10</t>
   </si>
   <si>
     <t>1:33.71</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
-[...8 lines deleted...]
-    <t>Nikita Shihaliev</t>
+    <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>1:48.11</t>
   </si>
   <si>
     <t>1:37.14</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>1:55.84</t>
   </si>
   <si>
     <t>1:40.76</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>1:57.53</t>
   </si>
   <si>
     <t>1:42.19</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
-[...2 lines deleted...]
-    <t>2:11.42</t>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
-[...8 lines deleted...]
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>2:13.45</t>
   </si>
   <si>
     <t>2:02.20</t>
   </si>
   <si>
-    <t>Kseniya Varfolomeeva</t>
-[...17 lines deleted...]
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>2:14.27</t>
+  </si>
+  <si>
+    <t>1:48.57</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>2:36.62</t>
+  </si>
+  <si>
+    <t>2:27.28</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>2:25.48</t>
   </si>
   <si>
-    <t>Yevsey Ionush</t>
+    <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>2:29.41</t>
   </si>
   <si>
-    <t>Ivan Korolev</t>
+    <t>Иван Королев</t>
   </si>
   <si>
     <t>3:25.35</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>3:50.62</t>
   </si>
   <si>
-    <t>Ekaterina Kusacheva</t>
+    <t>Екатерина Кусачева</t>
   </si>
   <si>
     <t>4:06.54</t>
   </si>
   <si>
-    <t>Andrey Artëmenko</t>
+    <t>Андрей Артеменко</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>