--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -29,144 +29,144 @@
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
-    <t>1:40.96</t>
-[...2 lines deleted...]
-    <t>1:30.25</t>
+    <t>1:32.99</t>
+  </si>
+  <si>
+    <t>1:27.13</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
-    <t>1:48.55</t>
-[...2 lines deleted...]
-    <t>1:44.57</t>
+    <t>1:46.68</t>
+  </si>
+  <si>
+    <t>1:43.51</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
-    <t>1:52.54</t>
-[...2 lines deleted...]
-    <t>1:44.32</t>
+    <t>1:51.48</t>
+  </si>
+  <si>
+    <t>1:40.60</t>
   </si>
   <si>
     <t>Георгий Исанов</t>
   </si>
   <si>
-    <t>1:57.67</t>
-[...2 lines deleted...]
-    <t>1:54.04</t>
+    <t>1:53.25</t>
+  </si>
+  <si>
+    <t>1:43.19</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
     <t>2:01.34</t>
   </si>
   <si>
-    <t>1:59.88</t>
+    <t>1:57.38</t>
   </si>
   <si>
     <t>Вадим Сухарев</t>
   </si>
   <si>
-    <t>2:22.54</t>
-[...2 lines deleted...]
-    <t>2:12.70</t>
+    <t>2:15.52</t>
+  </si>
+  <si>
+    <t>2:06.94</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>2:23.57</t>
   </si>
   <si>
     <t>2:15.10</t>
   </si>
   <si>
     <t>Александр Герасимов</t>
   </si>
   <si>
     <t>2:27.42</t>
   </si>
   <si>
     <t>2:21.85</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>2:29.30</t>
   </si>
   <si>
     <t>2:15.36</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>2:42.41</t>
+  </si>
+  <si>
+    <t>2:36.82</t>
+  </si>
+  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
-  </si>
-[...7 lines deleted...]
-    <t>2:39.72</t>
   </si>
   <si>
     <t>Илья Посевкин</t>
   </si>
   <si>
     <t>3:12.28</t>
   </si>
   <si>
     <t>3:03.00</t>
   </si>
   <si>
     <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>4:18.78</t>
   </si>
   <si>
     <t>3:18.73</t>
   </si>
   <si>
     <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>4:38.11</t>
   </si>