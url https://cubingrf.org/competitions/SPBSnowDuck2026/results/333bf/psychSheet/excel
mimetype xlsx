--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -65,51 +65,51 @@
   <si>
     <t>25.98</t>
   </si>
   <si>
     <t>Aleksandr Cherkasov</t>
   </si>
   <si>
     <t>47.53</t>
   </si>
   <si>
     <t>31.16</t>
   </si>
   <si>
     <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>37.54</t>
   </si>
   <si>
     <t>Andrey Zhukov</t>
   </si>
   <si>
-    <t>1:57.94</t>
+    <t>2:35.11</t>
   </si>
   <si>
     <t>59.01</t>
   </si>
   <si>
     <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>1:05.48</t>
   </si>
   <si>
     <t>Vladimir Filin</t>
   </si>
   <si>
     <t>1:05.61</t>
   </si>
   <si>
     <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>1:43.02</t>
   </si>
   <si>
     <t>1:10.34</t>
   </si>
@@ -149,57 +149,57 @@
   <si>
     <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>1:46.29</t>
   </si>
   <si>
     <t>Olga Yasakova</t>
   </si>
   <si>
     <t>2:25.57</t>
   </si>
   <si>
     <t>1:48.72</t>
   </si>
   <si>
     <t>Mikhail Kopylov</t>
   </si>
   <si>
     <t>2:05.62</t>
   </si>
   <si>
     <t>Vyacheslav Sizov</t>
   </si>
   <si>
-    <t>2:06.33</t>
+    <t>2:24.59</t>
   </si>
   <si>
     <t>Alexander Katyukov</t>
   </si>
   <si>
-    <t>2:12.82</t>
+    <t>2:36.76</t>
   </si>
   <si>
     <t>Vadim Sukharev</t>
   </si>
   <si>
     <t>2:40.47</t>
   </si>
   <si>
     <t>Diana Murnik</t>
   </si>
   <si>
     <t>5:12.38</t>
   </si>
   <si>
     <t>3:34.92</t>
   </si>
   <si>
     <t>Tatyana Maksimova</t>
   </si>
   <si>
     <t>5:03.14</t>
   </si>
   <si>
     <t>Kseniya Varfolomeeva</t>
   </si>