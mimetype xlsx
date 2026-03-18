--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -17,555 +17,555 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Gundin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>10.77</t>
   </si>
   <si>
     <t>9.42</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
     <t>10.78</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
-[...2 lines deleted...]
-    <t>Lev Maslov</t>
+    <t>10.35</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>15.46</t>
   </si>
   <si>
     <t>12.39</t>
   </si>
   <si>
-    <t>Mikhail Kopylov</t>
-[...8 lines deleted...]
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Михаил Копылов</t>
+  </si>
+  <si>
+    <t>16.40</t>
+  </si>
+  <si>
+    <t>13.88</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>11.53</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
+    <t>Максим Аммосов</t>
   </si>
   <si>
     <t>17.53</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>17.59</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>18.79</t>
   </si>
   <si>
     <t>14.64</t>
   </si>
   <si>
-    <t>Ian Gorev</t>
+    <t>Ян Горев</t>
   </si>
   <si>
     <t>19.22</t>
   </si>
   <si>
-    <t>13.74</t>
-[...2 lines deleted...]
-    <t>Dmitriy Tupis</t>
+    <t>16.72</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>19.35</t>
   </si>
   <si>
     <t>14.95</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>19.67</t>
   </si>
   <si>
     <t>14.35</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>19.81</t>
   </si>
   <si>
     <t>15.07</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Mikhail Nikolayev</t>
+    <t>Михаил Николаев</t>
   </si>
   <si>
     <t>22.10</t>
   </si>
   <si>
     <t>16.12</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>22.39</t>
   </si>
   <si>
     <t>14.55</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>22.66</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
-    <t>Aleksandr Gerasimov</t>
+    <t>Александр Герасимов</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
     <t>20.45</t>
   </si>
   <si>
-    <t>Aleksandr Minko</t>
+    <t>Александр Минко</t>
   </si>
   <si>
     <t>25.00</t>
   </si>
   <si>
     <t>22.93</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>26.44</t>
   </si>
   <si>
     <t>22.35</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
+    <t>Георгий Исанов</t>
   </si>
   <si>
     <t>27.33</t>
   </si>
   <si>
     <t>21.14</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>27.40</t>
   </si>
   <si>
     <t>21.61</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>24.12</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Xu Zhongmu</t>
-[...8 lines deleted...]
-    <t>Nikita Chesnokov</t>
+    <t>Никита Чесноков</t>
   </si>
   <si>
     <t>28.50</t>
   </si>
   <si>
     <t>20.05</t>
   </si>
   <si>
-    <t>Mikhail Dreval</t>
+    <t>Михаил Древаль</t>
   </si>
   <si>
     <t>28.82</t>
   </si>
   <si>
     <t>21.51</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
-    <t>Kseniya Varfolomeeva</t>
+    <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>31.58</t>
   </si>
   <si>
     <t>25.52</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
-    <t>27.45</t>
-[...2 lines deleted...]
-    <t>Ilya Posevkin</t>
+    <t>28.23</t>
+  </si>
+  <si>
+    <t>Чжунму Сюй</t>
+  </si>
+  <si>
+    <t>32.78</t>
+  </si>
+  <si>
+    <t>29.08</t>
+  </si>
+  <si>
+    <t>Илья Посевкин</t>
   </si>
   <si>
     <t>33.32</t>
   </si>
   <si>
     <t>27.46</t>
   </si>
   <si>
-    <t>Daniil Tarasov</t>
+    <t>Даниил Тарасов</t>
   </si>
   <si>
     <t>33.77</t>
   </si>
   <si>
     <t>29.52</t>
   </si>
   <si>
-    <t>Semen Kudryavtsev</t>
+    <t>Семен Кудрявцев</t>
   </si>
   <si>
     <t>33.81</t>
   </si>
   <si>
     <t>26.76</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>33.93</t>
   </si>
   <si>
     <t>27.88</t>
   </si>
   <si>
-    <t>Varvara Andreyeva</t>
+    <t>Варвара Андреева</t>
   </si>
   <si>
     <t>37.04</t>
   </si>
   <si>
     <t>31.10</t>
   </si>
   <si>
-    <t>Kirill Pritula</t>
+    <t>Кирилл Притула</t>
   </si>
   <si>
     <t>37.47</t>
   </si>
   <si>
     <t>28.90</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>38.95</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
-    <t>Polina Savrasova</t>
+    <t>Полина Саврасова</t>
   </si>
   <si>
     <t>39.33</t>
   </si>
   <si>
     <t>31.39</t>
   </si>
   <si>
-    <t>Nikolay Obukhov</t>
+    <t>Николай Обухов</t>
   </si>
   <si>
     <t>40.95</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>50.37</t>
   </si>
   <si>
-    <t>39.74</t>
-[...2 lines deleted...]
-    <t>Arseniy Borodinskiy</t>
+    <t>42.66</t>
+  </si>
+  <si>
+    <t>Арсений Бородинский</t>
   </si>
   <si>
     <t>51.67</t>
   </si>
   <si>
     <t>43.55</t>
   </si>
   <si>
-    <t>Timofej Cyganov</t>
+    <t>Тимофей Цыганов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>34.52</t>
   </si>
   <si>
-    <t>Viktor German</t>
+    <t>Виктор Герман</t>
   </si>
   <si>
     <t>53.28</t>
   </si>
   <si>
     <t>47.01</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>54.43</t>
   </si>
   <si>
-    <t>43.61</t>
-[...2 lines deleted...]
-    <t>Matvey Virekhovskiy</t>
+    <t>49.21</t>
+  </si>
+  <si>
+    <t>Матвей Виреховский</t>
   </si>
   <si>
     <t>55.03</t>
   </si>
   <si>
     <t>44.21</t>
   </si>
   <si>
-    <t>Artyom Savyolov</t>
+    <t>Артём Савёлов</t>
   </si>
   <si>
     <t>1:00.17</t>
   </si>
   <si>
     <t>50.18</t>
   </si>
   <si>
-    <t>Vladimir Serebrennikov</t>
+    <t>Владимир Серебренников</t>
   </si>
   <si>
     <t>1:02.65</t>
   </si>
   <si>
     <t>57.34</t>
   </si>
   <si>
-    <t>Andrey Sevastʹyanov</t>
+    <t>Андрей Севастьянов</t>
   </si>
   <si>
     <t>2:53.79</t>
   </si>
   <si>
     <t>1:05.17</t>
   </si>
   <si>
-    <t>Dmitriy Lukashonok</t>
+    <t>Дмитрий Лукашонок</t>
   </si>
   <si>
     <t>1:29.14</t>
   </si>
   <si>
-    <t>David Melikyan</t>
-[...2 lines deleted...]
-    <t>Miloslav Shubbe</t>
+    <t>Давид Меликян</t>
+  </si>
+  <si>
+    <t>Милослав Шуббе</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>