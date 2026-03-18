--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -12,395 +12,398 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>58.68</t>
   </si>
   <si>
     <t>51.01</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
-[...8 lines deleted...]
-    <t>Ekaterina Kaneva</t>
+    <t>Никита Попков</t>
+  </si>
+  <si>
+    <t>1:00.12</t>
+  </si>
+  <si>
+    <t>49.14</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>1:00.78</t>
   </si>
   <si>
     <t>58.17</t>
   </si>
   <si>
-    <t>Mikhail Kopylov</t>
+    <t>Михаил Копылов</t>
   </si>
   <si>
     <t>1:00.95</t>
   </si>
   <si>
     <t>54.13</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
+    <t>Максим Аммосов</t>
   </si>
   <si>
     <t>1:01.02</t>
   </si>
   <si>
     <t>57.67</t>
   </si>
   <si>
-    <t>Mikhail Nikolayev</t>
+    <t>Михаил Николаев</t>
   </si>
   <si>
     <t>1:04.10</t>
   </si>
   <si>
     <t>56.11</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>1:05.43</t>
+  </si>
+  <si>
+    <t>59.43</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
-[...8 lines deleted...]
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>1:07.50</t>
   </si>
   <si>
     <t>1:00.94</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
     <t>57.96</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>1:09.66</t>
   </si>
   <si>
     <t>1:05.86</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
+    <t>Георгий Исанов</t>
   </si>
   <si>
     <t>1:09.78</t>
   </si>
   <si>
     <t>1:03.35</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>1:10.43</t>
   </si>
   <si>
     <t>1:07.88</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:10.64</t>
   </si>
   <si>
     <t>59.02</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
-[...2 lines deleted...]
-    <t>1:14.68</t>
+    <t>Александр Герасимов</t>
+  </si>
+  <si>
+    <t>1:16.27</t>
+  </si>
+  <si>
+    <t>1:12.92</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>1:16.42</t>
+  </si>
+  <si>
+    <t>1:08.33</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>1:16.84</t>
   </si>
   <si>
     <t>1:06.32</t>
   </si>
   <si>
-    <t>Aleksandr Gerasimov</t>
-[...17 lines deleted...]
-    <t>Nikita Chesnokov</t>
+    <t>Никита Чесноков</t>
   </si>
   <si>
     <t>1:24.33</t>
   </si>
   <si>
     <t>1:19.54</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>1:29.46</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:32.98</t>
   </si>
   <si>
     <t>1:25.03</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>1:41.78</t>
   </si>
   <si>
     <t>1:13.89</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>1:53.03</t>
+  </si>
+  <si>
+    <t>1:41.64</t>
+  </si>
+  <si>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>1:55.09</t>
   </si>
   <si>
     <t>1:41.92</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>1:55.84</t>
   </si>
   <si>
     <t>1:40.76</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
-[...8 lines deleted...]
-    <t>Kseniya Varfolomeeva</t>
+    <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>2:14.27</t>
   </si>
   <si>
-    <t>2:03.63</t>
-[...2 lines deleted...]
-    <t>Vyacheslav Sizov</t>
+    <t>1:48.57</t>
+  </si>
+  <si>
+    <t>Михаил Древаль</t>
+  </si>
+  <si>
+    <t>2:14.92</t>
+  </si>
+  <si>
+    <t>2:09.53</t>
+  </si>
+  <si>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>2:17.96</t>
   </si>
   <si>
     <t>2:04.49</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>2:33.39</t>
   </si>
   <si>
     <t>2:02.92</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
-[...8 lines deleted...]
-    <t>Yegor Yeremin</t>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>2:36.62</t>
+  </si>
+  <si>
+    <t>2:27.28</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>2:06.31</t>
   </si>
   <si>
-    <t>Ekaterina Polezhaeva</t>
+    <t>Екатерина Полежаева</t>
   </si>
   <si>
     <t>2:24.02</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>2:25.48</t>
   </si>
   <si>
-    <t>Mikhail Dreval</t>
-[...5 lines deleted...]
-    <t>Viktor German</t>
+    <t>Виктор Герман</t>
   </si>
   <si>
     <t>2:45.27</t>
   </si>
   <si>
-    <t>Bogdan Bekzhanov</t>
+    <t>Богдан Бекжанов</t>
   </si>
   <si>
     <t>3:02.56</t>
   </si>
   <si>
-    <t>Andrei Kolesnikov</t>
+    <t>Андрей Колесников</t>
   </si>
   <si>
     <t>3:05.30</t>
   </si>
   <si>
-    <t>Araik Atamyan</t>
+    <t>Араик Атамян</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1197,130 +1200,132 @@
       <c r="D32" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>97</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D33" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>100</v>
       </c>
-      <c r="C34" s="1"/>
+      <c r="C34" s="1" t="s">
+        <v>101</v>
+      </c>
       <c r="D34" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="B41" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C41" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>