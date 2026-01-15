--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -12,677 +12,674 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Арсений Павлов</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Arsenii Pavlov</t>
   </si>
   <si>
     <t>1.71</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Никита Попков</t>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>1.93</t>
   </si>
   <si>
     <t>1.24</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>2.13</t>
   </si>
   <si>
     <t>1.39</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>2.22</t>
   </si>
   <si>
     <t>1.35</t>
   </si>
   <si>
-    <t>Вячеслав Кочергин</t>
+    <t>Vyacheslav Kochergin</t>
   </si>
   <si>
     <t>2.25</t>
   </si>
   <si>
     <t>1.09</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>2.26</t>
   </si>
   <si>
-    <t>Максим Аммосов</t>
+    <t>Maksim Ammosov</t>
   </si>
   <si>
     <t>2.27</t>
   </si>
   <si>
     <t>1.81</t>
   </si>
   <si>
-    <t>Лев Брусков</t>
+    <t>Lev Bruskov</t>
   </si>
   <si>
     <t>2.38</t>
   </si>
   <si>
     <t>1.82</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
+    <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>2.52</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>2.56</t>
   </si>
   <si>
     <t>1.49</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>2.69</t>
   </si>
   <si>
     <t>1.52</t>
   </si>
   <si>
-    <t>Дмитрий Добряков</t>
+    <t>Dmitry Dobrjakov</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
+    <t>Lev Yakimenko</t>
   </si>
   <si>
     <t>2.75</t>
   </si>
   <si>
     <t>1.36</t>
   </si>
   <si>
-    <t>Михаил Копылов</t>
+    <t>Mikhail Kopylov</t>
   </si>
   <si>
     <t>2.79</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
+    <t>Makar Tihonov</t>
   </si>
   <si>
     <t>2.84</t>
   </si>
   <si>
     <t>2.07</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
+    <t>Vadim Sukharev</t>
   </si>
   <si>
     <t>2.87</t>
   </si>
   <si>
     <t>1.54</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>3.03</t>
   </si>
   <si>
-    <t>Дмитрий Нагирняк</t>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>1.40</t>
   </si>
   <si>
-    <t>Михаил Николаев</t>
+    <t>Mikhail Nikolayev</t>
   </si>
   <si>
     <t>3.25</t>
   </si>
   <si>
     <t>1.74</t>
   </si>
   <si>
-    <t>Николай Подобаев</t>
+    <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>3.41</t>
   </si>
   <si>
     <t>2.19</t>
   </si>
   <si>
-    <t>Иван Стрешинский</t>
+    <t>Ivan Streshinskiy</t>
   </si>
   <si>
     <t>3.45</t>
   </si>
   <si>
     <t>1.64</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
-[...2 lines deleted...]
-    <t>Николай Васильев</t>
+    <t>Aleksandra Lukianova</t>
+  </si>
+  <si>
+    <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>3.58</t>
   </si>
   <si>
     <t>1.77</t>
   </si>
   <si>
-    <t>Степан Щевелёв</t>
+    <t>Stepan Shchevelev</t>
   </si>
   <si>
     <t>3.78</t>
   </si>
   <si>
     <t>2.16</t>
   </si>
   <si>
-    <t>Айдар Аминев</t>
+    <t>Aidar Aminev</t>
   </si>
   <si>
     <t>3.81</t>
   </si>
   <si>
     <t>2.64</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
-[...2 lines deleted...]
-    <t>3.94</t>
+    <t>Dmitriy Tupis</t>
+  </si>
+  <si>
+    <t>3.89</t>
   </si>
   <si>
     <t>1.55</t>
   </si>
   <si>
-    <t>Дмитрий Дунаев</t>
+    <t>Dmitriy Dunaev</t>
   </si>
   <si>
     <t>3.95</t>
   </si>
   <si>
     <t>1.33</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
     <t>2.41</t>
   </si>
   <si>
-    <t>Егор Еремин</t>
+    <t>Yegor Yeremin</t>
   </si>
   <si>
     <t>4.11</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>4.19</t>
   </si>
   <si>
     <t>2.29</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
+    <t>Aleksandr Kropotov</t>
   </si>
   <si>
     <t>4.22</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>4.25</t>
   </si>
   <si>
     <t>1.05</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>4.27</t>
   </si>
   <si>
-    <t>Вячеслав Сухарев</t>
+    <t>Vyacheslav Suharev</t>
   </si>
   <si>
     <t>4.29</t>
   </si>
   <si>
-    <t>Александр Хренов</t>
+    <t>Aleksandr Hrenov</t>
   </si>
   <si>
     <t>4.36</t>
   </si>
   <si>
     <t>3.05</t>
   </si>
   <si>
-    <t>Фёдор Улитовский</t>
+    <t>Fyodor Ulitovsky</t>
   </si>
   <si>
     <t>4.81</t>
   </si>
   <si>
     <t>3.56</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>4.97</t>
   </si>
   <si>
     <t>3.14</t>
   </si>
   <si>
-    <t>Иван Смирнов</t>
+    <t>Ivan Smirnov</t>
   </si>
   <si>
     <t>4.05</t>
   </si>
   <si>
-    <t>Владимир Буковец</t>
+    <t>Vladimir Bukovets</t>
   </si>
   <si>
     <t>5.09</t>
   </si>
   <si>
     <t>2.99</t>
   </si>
   <si>
-    <t>Василий Афонин</t>
+    <t>Vasily Afonin</t>
   </si>
   <si>
     <t>5.14</t>
   </si>
   <si>
     <t>2.31</t>
   </si>
   <si>
-    <t>Станислав Грибанов</t>
+    <t>Stanislav Gribanov</t>
   </si>
   <si>
     <t>5.29</t>
   </si>
   <si>
     <t>4.40</t>
   </si>
   <si>
-    <t>Никита Дикорев</t>
+    <t>Nikita Dikorev</t>
   </si>
   <si>
     <t>5.50</t>
   </si>
   <si>
     <t>4.24</t>
   </si>
   <si>
-    <t>Никита Золин</t>
+    <t>Nikita Zolin</t>
   </si>
   <si>
     <t>5.68</t>
   </si>
   <si>
     <t>4.14</t>
   </si>
   <si>
-    <t>Александр Калинин</t>
+    <t>Aleksandr Kalinin</t>
   </si>
   <si>
     <t>5.76</t>
   </si>
   <si>
     <t>3.60</t>
   </si>
   <si>
-    <t>Пётр Ануков</t>
+    <t>Pëtr Anukov</t>
   </si>
   <si>
     <t>6.12</t>
   </si>
   <si>
     <t>4.03</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
+    <t>Diana Murnik</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>3.97</t>
   </si>
   <si>
-    <t>Ян Шукевич</t>
+    <t>Yan Shukevich</t>
   </si>
   <si>
     <t>6.29</t>
   </si>
   <si>
     <t>4.06</t>
   </si>
   <si>
-    <t>Ксения Варфоломеева</t>
+    <t>Kseniya Varfolomeeva</t>
   </si>
   <si>
     <t>6.38</t>
   </si>
   <si>
     <t>3.93</t>
   </si>
   <si>
-    <t>Артём Савёлов</t>
+    <t>Artyom Savyolov</t>
   </si>
   <si>
     <t>6.45</t>
   </si>
   <si>
     <t>3.68</t>
   </si>
   <si>
-    <t>Виктор Герман</t>
+    <t>Viktor German</t>
   </si>
   <si>
     <t>6.58</t>
   </si>
   <si>
     <t>4.38</t>
   </si>
   <si>
-    <t>Давид Меликян</t>
+    <t>David Melikyan</t>
   </si>
   <si>
     <t>6.96</t>
   </si>
   <si>
     <t>4.86</t>
   </si>
   <si>
-    <t>Никита Шихалиев</t>
+    <t>Nikita Shihaliev</t>
   </si>
   <si>
     <t>6.99</t>
   </si>
   <si>
-    <t>3.89</t>
-[...2 lines deleted...]
-    <t>Егор Боталов</t>
+    <t>Egor Botalov</t>
   </si>
   <si>
     <t>7.21</t>
   </si>
   <si>
     <t>5.27</t>
   </si>
   <si>
-    <t>Георгий Исанов</t>
+    <t>Georgii Isanov</t>
   </si>
   <si>
     <t>7.24</t>
   </si>
   <si>
     <t>3.54</t>
   </si>
   <si>
-    <t>Матвей Виреховский</t>
+    <t>Matvey Virekhovskiy</t>
   </si>
   <si>
     <t>7.35</t>
   </si>
   <si>
     <t>5.42</t>
   </si>
   <si>
-    <t>Михаил Лосев</t>
+    <t>Mikhail Losev</t>
   </si>
   <si>
     <t>8.61</t>
   </si>
   <si>
     <t>6.25</t>
   </si>
   <si>
-    <t>Семён Коробов</t>
+    <t>Semen Korobov</t>
   </si>
   <si>
     <t>8.72</t>
   </si>
   <si>
     <t>4.21</t>
   </si>
   <si>
-    <t>Александр Зингер</t>
+    <t>Alexander Singer</t>
   </si>
   <si>
     <t>9.90</t>
   </si>
   <si>
     <t>5.89</t>
   </si>
   <si>
-    <t>Александр Савченко</t>
+    <t>Aleksandr Savchenko</t>
   </si>
   <si>
     <t>10.39</t>
   </si>
   <si>
     <t>4.74</t>
   </si>
   <si>
-    <t>Артемий Савченко</t>
+    <t>Artemiy Savchenko</t>
   </si>
   <si>
     <t>10.80</t>
   </si>
   <si>
     <t>6.68</t>
   </si>
   <si>
-    <t>Данила Волосных</t>
+    <t>Danila Volosnykh</t>
   </si>
   <si>
     <t>10.90</t>
   </si>
   <si>
     <t>7.62</t>
   </si>
   <si>
-    <t>Мария Белоглазова</t>
+    <t>Mariya Beloglazova</t>
   </si>
   <si>
     <t>11.14</t>
   </si>
   <si>
     <t>9.11</t>
   </si>
   <si>
-    <t>Яромир Новиков</t>
+    <t>Iaromir Novikov</t>
   </si>
   <si>
     <t>11.47</t>
   </si>
   <si>
     <t>9.76</t>
   </si>
   <si>
-    <t>Татьяна Максимова</t>
+    <t>Tatyana Maksimova</t>
   </si>
   <si>
     <t>11.65</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
-    <t>Вячеслав Киселёв</t>
+    <t>Vyacheslav Kiselev</t>
   </si>
   <si>
     <t>11.86</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
   <si>
-    <t>Иван Шинкин</t>
+    <t>Ivan Shinkin</t>
   </si>
   <si>
     <t>12.10</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
-    <t>Пётр Смолянов</t>
+    <t>Petr Smolianov</t>
   </si>
   <si>
     <t>17.35</t>
   </si>
   <si>
     <t>10.52</t>
   </si>
   <si>
-    <t>Роман Масло</t>
+    <t>Roman Maslo</t>
   </si>
   <si>
     <t>17.71</t>
   </si>
   <si>
     <t>8.33</t>
   </si>
   <si>
-    <t>Дмитрий Наумов</t>
+    <t>Dmitry Naumov</t>
   </si>
   <si>
     <t>18.27</t>
   </si>
   <si>
     <t>13.13</t>
   </si>
   <si>
-    <t>Артём Бодров</t>
+    <t>Artem Bodrov</t>
   </si>
   <si>
     <t>22.43</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
   <si>
-    <t>Серафим Бреднев</t>
+    <t>Serafim Brednev</t>
   </si>
   <si>
     <t>27.67</t>
   </si>
   <si>
     <t>17.25</t>
   </si>
   <si>
-    <t>Анисия Бреднева</t>
+    <t>Anisia Bredneva</t>
   </si>
   <si>
     <t>31.39</t>
   </si>
   <si>
     <t>28.92</t>
   </si>
   <si>
-    <t>Борислав Сахаров</t>
+    <t>Borislav Sakharov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1007,51 +1004,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C74" sqref="C74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1749,336 +1746,336 @@
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>142</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D52" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>145</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D53" t="s">
-        <v>147</v>
+        <v>73</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>147</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>150</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>153</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>156</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>159</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="D58" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>162</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>165</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>168</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="D61" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>171</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>174</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D63" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>177</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D64" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>180</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D65" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>183</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="D66" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>186</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D67" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
+        <v>189</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="D68" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>192</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="D69" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>195</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="D70" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>198</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="D71" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>201</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="D72" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>204</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="D73" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="B74" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C74" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>