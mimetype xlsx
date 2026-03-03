--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,674 +12,677 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Arsenii Pavlov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>1.71</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
+  </si>
+  <si>
+    <t>1.92</t>
+  </si>
+  <si>
+    <t>1.24</t>
+  </si>
+  <si>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>1.94</t>
+  </si>
+  <si>
+    <t>1.51</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>2.13</t>
+  </si>
+  <si>
+    <t>1.39</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>2.22</t>
+  </si>
+  <si>
+    <t>1.35</t>
+  </si>
+  <si>
+    <t>Вячеслав Кочергин</t>
+  </si>
+  <si>
+    <t>2.25</t>
+  </si>
+  <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>2.26</t>
+  </si>
+  <si>
+    <t>Лев Брусков</t>
+  </si>
+  <si>
+    <t>2.38</t>
+  </si>
+  <si>
+    <t>1.82</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>2.48</t>
+  </si>
+  <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>2.51</t>
+  </si>
+  <si>
+    <t>1.54</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>2.56</t>
+  </si>
+  <si>
+    <t>1.49</t>
+  </si>
+  <si>
+    <t>Михаил Копылов</t>
+  </si>
+  <si>
+    <t>2.64</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>2.69</t>
+  </si>
+  <si>
+    <t>1.52</t>
+  </si>
+  <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>2.06</t>
+  </si>
+  <si>
+    <t>Дмитрий Добряков</t>
+  </si>
+  <si>
+    <t>2.72</t>
+  </si>
+  <si>
+    <t>1.78</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>2.75</t>
+  </si>
+  <si>
+    <t>1.36</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
+  </si>
+  <si>
+    <t>3.03</t>
   </si>
   <si>
     <t>1.93</t>
   </si>
   <si>
-    <t>1.24</t>
-[...53 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Николай Подобаев</t>
+  </si>
+  <si>
+    <t>3.09</t>
+  </si>
+  <si>
+    <t>2.19</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
+  </si>
+  <si>
+    <t>3.13</t>
+  </si>
+  <si>
+    <t>1.40</t>
+  </si>
+  <si>
+    <t>Михаил Николаев</t>
+  </si>
+  <si>
+    <t>3.25</t>
+  </si>
+  <si>
+    <t>1.74</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
+  </si>
+  <si>
+    <t>3.45</t>
+  </si>
+  <si>
+    <t>2.07</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>3.58</t>
+  </si>
+  <si>
+    <t>1.77</t>
+  </si>
+  <si>
+    <t>Степан Щевелёв</t>
+  </si>
+  <si>
+    <t>3.73</t>
+  </si>
+  <si>
+    <t>2.16</t>
+  </si>
+  <si>
+    <t>Айдар Аминев</t>
+  </si>
+  <si>
+    <t>3.81</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>3.89</t>
+  </si>
+  <si>
+    <t>1.55</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>3.95</t>
+  </si>
+  <si>
+    <t>1.33</t>
+  </si>
+  <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>3.97</t>
   </si>
   <si>
     <t>2.52</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
-[...92 lines deleted...]
-    <t>3.45</t>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>3.98</t>
+  </si>
+  <si>
+    <t>2.76</t>
+  </si>
+  <si>
+    <t>Фёдор Улитовский</t>
+  </si>
+  <si>
+    <t>3.15</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>4.11</t>
+  </si>
+  <si>
+    <t>1.62</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>4.19</t>
+  </si>
+  <si>
+    <t>2.29</t>
+  </si>
+  <si>
+    <t>Иван Стрешинский</t>
+  </si>
+  <si>
+    <t>4.20</t>
   </si>
   <si>
     <t>1.64</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
-[...86 lines deleted...]
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>4.27</t>
   </si>
   <si>
-    <t>Vyacheslav Suharev</t>
+    <t>Вячеслав Сухарев</t>
   </si>
   <si>
     <t>4.29</t>
   </si>
   <si>
-    <t>Aleksandr Hrenov</t>
+    <t>Александр Хренов</t>
   </si>
   <si>
     <t>4.36</t>
   </si>
   <si>
     <t>3.05</t>
   </si>
   <si>
-    <t>Fyodor Ulitovsky</t>
-[...8 lines deleted...]
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>4.57</t>
+  </si>
+  <si>
+    <t>2.15</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>4.97</t>
   </si>
   <si>
     <t>3.14</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
-[...5 lines deleted...]
-    <t>Vladimir Bukovets</t>
+    <t>Иван Смирнов</t>
+  </si>
+  <si>
+    <t>3.22</t>
+  </si>
+  <si>
+    <t>Владимир Буковец</t>
   </si>
   <si>
     <t>5.09</t>
   </si>
   <si>
     <t>2.99</t>
   </si>
   <si>
-    <t>Vasily Afonin</t>
+    <t>Василий Афонин</t>
   </si>
   <si>
     <t>5.14</t>
   </si>
   <si>
     <t>2.31</t>
   </si>
   <si>
-    <t>Stanislav Gribanov</t>
+    <t>Станислав Грибанов</t>
   </si>
   <si>
     <t>5.29</t>
   </si>
   <si>
     <t>4.40</t>
   </si>
   <si>
-    <t>Nikita Dikorev</t>
+    <t>Никита Дикорев</t>
   </si>
   <si>
     <t>5.50</t>
   </si>
   <si>
     <t>4.24</t>
   </si>
   <si>
-    <t>Nikita Zolin</t>
+    <t>Никита Золин</t>
   </si>
   <si>
     <t>5.68</t>
   </si>
   <si>
     <t>4.14</t>
   </si>
   <si>
-    <t>Aleksandr Kalinin</t>
+    <t>Александр Калинин</t>
   </si>
   <si>
     <t>5.76</t>
   </si>
   <si>
     <t>3.60</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>6.12</t>
   </si>
   <si>
-    <t>4.03</t>
-[...11 lines deleted...]
-    <t>Yan Shukevich</t>
+    <t>Ян Шукевич</t>
   </si>
   <si>
     <t>6.29</t>
   </si>
   <si>
     <t>4.06</t>
   </si>
   <si>
-    <t>Kseniya Varfolomeeva</t>
+    <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>6.38</t>
   </si>
   <si>
     <t>3.93</t>
   </si>
   <si>
-    <t>Artyom Savyolov</t>
+    <t>Виктор Герман</t>
+  </si>
+  <si>
+    <t>6.40</t>
+  </si>
+  <si>
+    <t>4.38</t>
+  </si>
+  <si>
+    <t>Артём Савёлов</t>
   </si>
   <si>
     <t>6.45</t>
   </si>
   <si>
     <t>3.68</t>
   </si>
   <si>
-    <t>Viktor German</t>
-[...8 lines deleted...]
-    <t>David Melikyan</t>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>6.55</t>
+  </si>
+  <si>
+    <t>3.54</t>
+  </si>
+  <si>
+    <t>Давид Меликян</t>
   </si>
   <si>
     <t>6.96</t>
   </si>
   <si>
     <t>4.86</t>
   </si>
   <si>
-    <t>Nikita Shihaliev</t>
+    <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>6.99</t>
   </si>
   <si>
-    <t>Egor Botalov</t>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>7.11</t>
+  </si>
+  <si>
+    <t>4.37</t>
+  </si>
+  <si>
+    <t>Егор Боталов</t>
   </si>
   <si>
     <t>7.21</t>
   </si>
   <si>
     <t>5.27</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
-[...8 lines deleted...]
-    <t>Matvey Virekhovskiy</t>
+    <t>Матвей Виреховский</t>
   </si>
   <si>
     <t>7.35</t>
   </si>
   <si>
     <t>5.42</t>
   </si>
   <si>
-    <t>Mikhail Losev</t>
+    <t>Михаил Лосев</t>
   </si>
   <si>
     <t>8.61</t>
   </si>
   <si>
     <t>6.25</t>
   </si>
   <si>
-    <t>Semen Korobov</t>
+    <t>Семён Коробов</t>
   </si>
   <si>
     <t>8.72</t>
   </si>
   <si>
     <t>4.21</t>
   </si>
   <si>
-    <t>Alexander Singer</t>
+    <t>Александр Зингер</t>
   </si>
   <si>
     <t>9.90</t>
   </si>
   <si>
     <t>5.89</t>
   </si>
   <si>
-    <t>Aleksandr Savchenko</t>
+    <t>Александр Савченко</t>
   </si>
   <si>
     <t>10.39</t>
   </si>
   <si>
     <t>4.74</t>
   </si>
   <si>
-    <t>Artemiy Savchenko</t>
+    <t>Артемий Савченко</t>
   </si>
   <si>
     <t>10.80</t>
   </si>
   <si>
     <t>6.68</t>
   </si>
   <si>
-    <t>Danila Volosnykh</t>
+    <t>Данила Волосных</t>
   </si>
   <si>
     <t>10.90</t>
   </si>
   <si>
     <t>7.62</t>
   </si>
   <si>
-    <t>Mariya Beloglazova</t>
+    <t>Мария Белоглазова</t>
   </si>
   <si>
     <t>11.14</t>
   </si>
   <si>
     <t>9.11</t>
   </si>
   <si>
-    <t>Iaromir Novikov</t>
+    <t>Яромир Новиков</t>
   </si>
   <si>
     <t>11.47</t>
   </si>
   <si>
     <t>9.76</t>
   </si>
   <si>
-    <t>Tatyana Maksimova</t>
+    <t>Татьяна Максимова</t>
   </si>
   <si>
     <t>11.65</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
-    <t>Vyacheslav Kiselev</t>
+    <t>Вячеслав Киселёв</t>
   </si>
   <si>
     <t>11.86</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
   <si>
-    <t>Ivan Shinkin</t>
+    <t>Иван Шинкин</t>
   </si>
   <si>
     <t>12.10</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
-    <t>Petr Smolianov</t>
+    <t>Пётр Смолянов</t>
   </si>
   <si>
     <t>17.35</t>
   </si>
   <si>
     <t>10.52</t>
   </si>
   <si>
-    <t>Roman Maslo</t>
+    <t>Роман Масло</t>
   </si>
   <si>
     <t>17.71</t>
   </si>
   <si>
     <t>8.33</t>
   </si>
   <si>
-    <t>Dmitry Naumov</t>
+    <t>Дмитрий Наумов</t>
   </si>
   <si>
     <t>18.27</t>
   </si>
   <si>
     <t>13.13</t>
   </si>
   <si>
-    <t>Artem Bodrov</t>
+    <t>Артём Бодров</t>
   </si>
   <si>
     <t>22.43</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
   <si>
-    <t>Serafim Brednev</t>
+    <t>Серафим Бреднев</t>
   </si>
   <si>
     <t>27.67</t>
   </si>
   <si>
     <t>17.25</t>
   </si>
   <si>
-    <t>Anisia Bredneva</t>
+    <t>Анисия Бреднева</t>
   </si>
   <si>
     <t>31.39</t>
   </si>
   <si>
     <t>28.92</t>
   </si>
   <si>
-    <t>Borislav Sakharov</t>
+    <t>Борислав Сахаров</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1004,51 +1007,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C74" sqref="C74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1102,205 +1105,205 @@
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>31</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>34</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>36</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>39</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>41</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>50</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D19" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>53</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>54</v>
@@ -1323,759 +1326,759 @@
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>59</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D22" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>62</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="D23" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D24" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D25" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D30" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D31" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D32" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D33" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D34" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D35" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D36" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D37" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D38" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>106</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C39" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D40" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D41" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D42" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D43" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D44" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D45" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D46" t="s">
-        <v>126</v>
+        <v>74</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D47" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D48" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D49" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D50" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D51" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D52" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D53" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D54" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D55" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D56" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D57" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D58" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D59" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D60" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D61" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D62" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D63" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D64" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D65" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D66" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D67" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D68" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D69" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D70" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D71" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D72" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D73" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="B74" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C74" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>