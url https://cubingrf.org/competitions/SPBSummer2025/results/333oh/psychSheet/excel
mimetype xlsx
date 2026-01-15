--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,468 +17,468 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>12.70</t>
   </si>
   <si>
     <t>9.98</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
-    <t>Lev Bruskov</t>
+    <t>Лев Брусков</t>
   </si>
   <si>
     <t>14.15</t>
   </si>
   <si>
     <t>12.32</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>15.44</t>
   </si>
   <si>
     <t>12.51</t>
   </si>
   <si>
-    <t>Mikhail Kopylov</t>
+    <t>Михаил Копылов</t>
   </si>
   <si>
     <t>15.74</t>
   </si>
   <si>
     <t>11.65</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>16.09</t>
   </si>
   <si>
     <t>13.60</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
+    <t>Максим Аммосов</t>
   </si>
   <si>
     <t>17.66</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
-    <t>Petr Bukharov</t>
+    <t>Петр Бухаров</t>
   </si>
   <si>
     <t>17.90</t>
   </si>
   <si>
     <t>15.22</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>19.55</t>
   </si>
   <si>
     <t>15.00</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>20.35</t>
   </si>
   <si>
     <t>15.57</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>20.47</t>
   </si>
   <si>
     <t>14.35</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>20.66</t>
   </si>
   <si>
     <t>16.16</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Mikhail Nikolayev</t>
+    <t>Михаил Николаев</t>
   </si>
   <si>
     <t>22.47</t>
   </si>
   <si>
     <t>16.12</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>22.66</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>22.97</t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>23.15</t>
   </si>
   <si>
     <t>14.55</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>23.80</t>
   </si>
   <si>
     <t>19.24</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>27.06</t>
   </si>
   <si>
     <t>23.50</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
+    <t>Георгий Исанов</t>
   </si>
   <si>
     <t>27.33</t>
   </si>
   <si>
     <t>21.14</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>24.12</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Aleksandr Kalinin</t>
+    <t>Александр Калинин</t>
   </si>
   <si>
     <t>28.58</t>
   </si>
   <si>
     <t>25.28</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>30.47</t>
   </si>
   <si>
     <t>26.09</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>34.81</t>
   </si>
   <si>
     <t>27.99</t>
   </si>
   <si>
-    <t>Kseniya Varfolomeeva</t>
+    <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>35.70</t>
   </si>
   <si>
     <t>30.38</t>
   </si>
   <si>
-    <t>Nikita Shihaliev</t>
+    <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>38.52</t>
   </si>
   <si>
     <t>32.77</t>
   </si>
   <si>
-    <t>Vyacheslav Suharev</t>
+    <t>Вячеслав Сухарев</t>
   </si>
   <si>
     <t>38.81</t>
   </si>
   <si>
     <t>35.11</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>38.95</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
-    <t>Yan Shukevich</t>
+    <t>Ян Шукевич</t>
   </si>
   <si>
     <t>40.01</t>
   </si>
   <si>
     <t>36.32</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
-    <t>Vasily Afonin</t>
+    <t>Василий Афонин</t>
   </si>
   <si>
     <t>48.13</t>
   </si>
   <si>
     <t>36.71</t>
   </si>
   <si>
-    <t>Maria Seregova</t>
+    <t>Мария Серёгова</t>
   </si>
   <si>
     <t>49.11</t>
   </si>
   <si>
     <t>40.78</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>51.53</t>
   </si>
   <si>
     <t>39.74</t>
   </si>
   <si>
-    <t>Mariya Beloglazova</t>
+    <t>Мария Белоглазова</t>
   </si>
   <si>
     <t>1:00.63</t>
   </si>
   <si>
-    <t>David Melikyan</t>
+    <t>Давид Меликян</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>