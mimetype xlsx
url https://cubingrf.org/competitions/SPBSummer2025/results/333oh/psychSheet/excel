--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,468 +17,468 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...11 lines deleted...]
-    <t>10.75</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Slavomil Voloskov</t>
+  </si>
+  <si>
+    <t>11.28</t>
+  </si>
+  <si>
+    <t>7.63</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...17 lines deleted...]
-    <t>Никита Попков</t>
+    <t>Dmitry Dobrjakov</t>
+  </si>
+  <si>
+    <t>13.45</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
-[...2 lines deleted...]
-    <t>Лев Брусков</t>
+    <t>10.35</t>
+  </si>
+  <si>
+    <t>Lev Bruskov</t>
   </si>
   <si>
     <t>14.15</t>
   </si>
   <si>
     <t>12.32</t>
   </si>
   <si>
-    <t>Вячеслав Кочергин</t>
+    <t>Vyacheslav Kochergin</t>
   </si>
   <si>
     <t>15.44</t>
   </si>
   <si>
     <t>12.51</t>
   </si>
   <si>
-    <t>Михаил Копылов</t>
-[...8 lines deleted...]
-    <t>Арсений Павлов</t>
+    <t>Vladimir Filin</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
+  </si>
+  <si>
+    <t>Arsenii Pavlov</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...8 lines deleted...]
-    <t>Дмитрий Нагирняк</t>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
-    <t>Николай Васильев</t>
+    <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Mikhail Kopylov</t>
+  </si>
+  <si>
+    <t>16.40</t>
+  </si>
+  <si>
+    <t>13.88</t>
+  </si>
+  <si>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
-    <t>Максим Аммосов</t>
-[...2 lines deleted...]
-    <t>17.66</t>
+    <t>Maksim Ammosov</t>
+  </si>
+  <si>
+    <t>17.53</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
-    <t>Петр Бухаров</t>
+    <t>Petr Bukharov</t>
   </si>
   <si>
     <t>17.90</t>
   </si>
   <si>
     <t>15.22</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
+    <t>Vadim Sukharev</t>
+  </si>
+  <si>
+    <t>18.79</t>
+  </si>
+  <si>
+    <t>14.64</t>
+  </si>
+  <si>
+    <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...8 lines deleted...]
-    <t>Айдар Аминев</t>
+    <t>Makar Tihonov</t>
+  </si>
+  <si>
+    <t>19.35</t>
+  </si>
+  <si>
+    <t>14.95</t>
+  </si>
+  <si>
+    <t>Ekaterina Soboleva</t>
+  </si>
+  <si>
+    <t>19.67</t>
+  </si>
+  <si>
+    <t>14.35</t>
+  </si>
+  <si>
+    <t>Aidar Aminev</t>
   </si>
   <si>
     <t>20.35</t>
   </si>
   <si>
-    <t>15.57</t>
-[...20 lines deleted...]
-    <t>Андрей Жуков</t>
+    <t>16.54</t>
+  </si>
+  <si>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Михаил Николаев</t>
-[...2 lines deleted...]
-    <t>22.47</t>
+    <t>Mikhail Nikolayev</t>
+  </si>
+  <si>
+    <t>22.10</t>
   </si>
   <si>
     <t>16.12</t>
   </si>
   <si>
-    <t>Николай Подобаев</t>
+    <t>Aleksandr Kropotov</t>
+  </si>
+  <si>
+    <t>22.39</t>
+  </si>
+  <si>
+    <t>14.55</t>
+  </si>
+  <si>
+    <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>22.66</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
-    <t>Степан Щевелёв</t>
+    <t>Stepan Shchevelev</t>
   </si>
   <si>
     <t>22.97</t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...8 lines deleted...]
-    <t>Михаил Игнатьев</t>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>23.80</t>
   </si>
   <si>
     <t>19.24</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Дмитрий Дунаев</t>
+    <t>Lev Yakimenko</t>
+  </si>
+  <si>
+    <t>26.44</t>
+  </si>
+  <si>
+    <t>22.35</t>
+  </si>
+  <si>
+    <t>Dmitriy Dunaev</t>
   </si>
   <si>
     <t>27.06</t>
   </si>
   <si>
     <t>23.50</t>
   </si>
   <si>
-    <t>Георгий Исанов</t>
+    <t>Georgii Isanov</t>
   </si>
   <si>
     <t>27.33</t>
   </si>
   <si>
     <t>21.14</t>
   </si>
   <si>
-    <t>Иван Смирнов</t>
+    <t>Ivan Smirnov</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>24.12</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Александр Калинин</t>
+    <t>Aleksandr Kalinin</t>
   </si>
   <si>
     <t>28.58</t>
   </si>
   <si>
     <t>25.28</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...8 lines deleted...]
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Kseniya Varfolomeeva</t>
+  </si>
+  <si>
+    <t>31.58</t>
+  </si>
+  <si>
+    <t>25.52</t>
+  </si>
+  <si>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
-    <t>Егор Еремин</t>
-[...17 lines deleted...]
-    <t>Никита Шихалиев</t>
+    <t>Yegor Yeremin</t>
+  </si>
+  <si>
+    <t>33.93</t>
+  </si>
+  <si>
+    <t>27.88</t>
+  </si>
+  <si>
+    <t>Nikita Shihaliev</t>
   </si>
   <si>
     <t>38.52</t>
   </si>
   <si>
     <t>32.77</t>
   </si>
   <si>
-    <t>Вячеслав Сухарев</t>
+    <t>Vyacheslav Suharev</t>
   </si>
   <si>
     <t>38.81</t>
   </si>
   <si>
     <t>35.11</t>
   </si>
   <si>
-    <t>Пётр Ануков</t>
+    <t>Pëtr Anukov</t>
   </si>
   <si>
     <t>38.95</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
-    <t>Ян Шукевич</t>
+    <t>Yan Shukevich</t>
   </si>
   <si>
     <t>40.01</t>
   </si>
   <si>
     <t>36.32</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
-    <t>Василий Афонин</t>
+    <t>Vasily Afonin</t>
   </si>
   <si>
     <t>48.13</t>
   </si>
   <si>
     <t>36.71</t>
   </si>
   <si>
-    <t>Мария Серёгова</t>
+    <t>Maria Seregova</t>
   </si>
   <si>
     <t>49.11</t>
   </si>
   <si>
     <t>40.78</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
-[...8 lines deleted...]
-    <t>Мария Белоглазова</t>
+    <t>Diana Murnik</t>
+  </si>
+  <si>
+    <t>50.37</t>
+  </si>
+  <si>
+    <t>42.66</t>
+  </si>
+  <si>
+    <t>Mariya Beloglazova</t>
   </si>
   <si>
     <t>1:00.63</t>
   </si>
   <si>
-    <t>Давид Меликян</t>
+    <t>David Melikyan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1027,65 +1027,65 @@
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>