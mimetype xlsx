--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -29,51 +29,51 @@
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.95</t>
+    <t>27.57</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>29.37</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
     <t>32.07</t>
   </si>
   <si>
     <t>26.67</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
@@ -134,174 +134,174 @@
   <si>
     <t>37.16</t>
   </si>
   <si>
     <t>34.98</t>
   </si>
   <si>
     <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>37.77</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
     <t>Михаил Николаев</t>
   </si>
   <si>
     <t>37.89</t>
   </si>
   <si>
     <t>31.79</t>
   </si>
   <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>38.02</t>
+  </si>
+  <si>
+    <t>30.21</t>
+  </si>
+  <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>34.36</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>39.63</t>
   </si>
   <si>
     <t>34.64</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...7 lines deleted...]
-  <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>42.87</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
     <t>43.29</t>
   </si>
   <si>
     <t>36.29</t>
   </si>
   <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>43.91</t>
+  </si>
+  <si>
+    <t>34.00</t>
+  </si>
+  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>44.72</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
-[...7 lines deleted...]
-  <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>45.27</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
     <t>Георгий Исанов</t>
   </si>
   <si>
-    <t>47.21</t>
+    <t>47.14</t>
   </si>
   <si>
     <t>42.02</t>
   </si>
   <si>
     <t>Петр Бухаров</t>
   </si>
   <si>
     <t>48.68</t>
   </si>
   <si>
     <t>41.06</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
+    <t>42.85</t>
   </si>
   <si>
     <t>Макар Тихонов</t>
   </si>
   <si>
     <t>52.55</t>
   </si>
   <si>
     <t>44.60</t>
   </si>
   <si>
     <t>Александр Хренов</t>
   </si>
   <si>
     <t>52.57</t>
   </si>
   <si>
     <t>44.38</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
@@ -335,54 +335,54 @@
   <si>
     <t>50.89</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>57.13</t>
   </si>
   <si>
     <t>44.89</t>
   </si>
   <si>
     <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>58.54</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
-    <t>1:01.70</t>
-[...2 lines deleted...]
-    <t>51.95</t>
+    <t>1:01.64</t>
+  </si>
+  <si>
+    <t>48.67</t>
   </si>
   <si>
     <t>Вячеслав Сухарев</t>
   </si>
   <si>
     <t>1:02.62</t>
   </si>
   <si>
     <t>55.50</t>
   </si>
   <si>
     <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>1:04.23</t>
   </si>
   <si>
     <t>56.27</t>
   </si>
   <si>
     <t>Ян Шукевич</t>
   </si>
   <si>
     <t>1:05.60</t>
   </si>