--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,474 +29,474 @@
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.57</t>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
-    <t>29.37</t>
+    <t>27.77</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
-    <t>32.07</t>
-[...2 lines deleted...]
-    <t>26.67</t>
+    <t>29.33</t>
+  </si>
+  <si>
+    <t>21.42</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>27.07</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>33.07</t>
   </si>
   <si>
     <t>25.55</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
-    <t>29.33</t>
-[...1 lines deleted...]
-  <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
-    <t>33.15</t>
-[...2 lines deleted...]
-    <t>28.52</t>
+    <t>33.77</t>
+  </si>
+  <si>
+    <t>29.03</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
-    <t>34.86</t>
+    <t>34.39</t>
   </si>
   <si>
     <t>29.08</t>
   </si>
   <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>35.27</t>
+  </si>
+  <si>
+    <t>33.55</t>
+  </si>
+  <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>36.41</t>
   </si>
   <si>
     <t>33.72</t>
   </si>
   <si>
     <t>Лев Брусков</t>
   </si>
   <si>
     <t>37.16</t>
   </si>
   <si>
     <t>34.98</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
-[...5 lines deleted...]
-    <t>34.75</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>37.24</t>
+  </si>
+  <si>
+    <t>26.91</t>
   </si>
   <si>
     <t>Михаил Николаев</t>
   </si>
   <si>
     <t>37.89</t>
   </si>
   <si>
     <t>31.79</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...7 lines deleted...]
-  <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>34.36</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>39.63</t>
   </si>
   <si>
-    <t>34.64</t>
+    <t>32.89</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
-    <t>42.87</t>
+    <t>41.90</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>43.91</t>
+  </si>
+  <si>
+    <t>34.00</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>44.30</t>
+  </si>
+  <si>
+    <t>36.82</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>44.48</t>
+  </si>
+  <si>
+    <t>37.68</t>
+  </si>
+  <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
-    <t>43.29</t>
+    <t>44.71</t>
   </si>
   <si>
     <t>36.29</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>44.72</t>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
-[...5 lines deleted...]
-    <t>37.68</t>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>45.70</t>
+  </si>
+  <si>
+    <t>36.87</t>
+  </si>
+  <si>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>46.04</t>
+  </si>
+  <si>
+    <t>39.41</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
-    <t>Георгий Исанов</t>
-[...7 lines deleted...]
-  <si>
     <t>Петр Бухаров</t>
   </si>
   <si>
     <t>48.68</t>
   </si>
   <si>
     <t>41.06</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
+    <t>Иван Смирнов</t>
+  </si>
+  <si>
+    <t>52.24</t>
+  </si>
+  <si>
+    <t>46.54</t>
+  </si>
+  <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
     <t>42.85</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...7 lines deleted...]
-  <si>
     <t>Александр Хренов</t>
   </si>
   <si>
     <t>52.57</t>
   </si>
   <si>
     <t>44.38</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>56.59</t>
   </si>
   <si>
     <t>49.27</t>
   </si>
   <si>
-    <t>Иван Смирнов</t>
-[...7 lines deleted...]
-  <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
-    <t>57.13</t>
+    <t>57.40</t>
   </si>
   <si>
     <t>44.89</t>
   </si>
   <si>
     <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>58.54</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>59.44</t>
+  </si>
+  <si>
+    <t>47.73</t>
+  </si>
+  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
     <t>Вячеслав Сухарев</t>
   </si>
   <si>
     <t>1:02.62</t>
   </si>
   <si>
     <t>55.50</t>
   </si>
   <si>
-    <t>Ксения Варфоломеева</t>
-[...5 lines deleted...]
-    <t>56.27</t>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>1:02.91</t>
+  </si>
+  <si>
+    <t>1:00.45</t>
   </si>
   <si>
     <t>Ян Шукевич</t>
   </si>
   <si>
     <t>1:05.60</t>
   </si>
   <si>
     <t>56.86</t>
   </si>
   <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>1:07.08</t>
+  </si>
+  <si>
+    <t>56.26</t>
+  </si>
+  <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>1:05.64</t>
+    <t>1:07.75</t>
   </si>
   <si>
     <t>55.47</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...16 lines deleted...]
-  <si>
     <t>Владимир Буковец</t>
   </si>
   <si>
     <t>1:22.05</t>
   </si>
   <si>
     <t>1:03.21</t>
   </si>
   <si>
+    <t>Виктор Герман</t>
+  </si>
+  <si>
+    <t>1:24.41</t>
+  </si>
+  <si>
+    <t>1:13.04</t>
+  </si>
+  <si>
     <t>Диана Мурник</t>
   </si>
   <si>
-    <t>1:36.15</t>
-[...2 lines deleted...]
-    <t>1:27.44</t>
+    <t>1:25.72</t>
+  </si>
+  <si>
+    <t>1:23.36</t>
   </si>
   <si>
     <t>Фёдор Улитовский</t>
   </si>
   <si>
-    <t>1:52.61</t>
-[...2 lines deleted...]
-    <t>1:18.53</t>
+    <t>1:27.14</t>
+  </si>
+  <si>
+    <t>1:09.13</t>
   </si>
   <si>
     <t>Пётр Ануков</t>
   </si>
   <si>
     <t>2:02.33</t>
   </si>
   <si>
     <t>1:40.32</t>
   </si>
   <si>
     <t>Никита Дикорев</t>
   </si>
   <si>
     <t>1:20.90</t>
   </si>
   <si>
     <t>Василий Афонин</t>
   </si>
   <si>
     <t>1:25.67</t>
   </si>
   <si>
     <t>Александр Калинин</t>
   </si>
   <si>
     <t>1:27.82</t>
-  </si>
-[...4 lines deleted...]
-    <t>1:30.23</t>
   </si>
   <si>
     <t>Павел Науменко</t>
   </si>
   <si>
     <t>2:15.91</t>
   </si>
   <si>
     <t>Давид Меликян</t>
   </si>
   <si>
     <t>Егор Боталов</t>
   </si>
   <si>
     <t>Иван Шинкин</t>
   </si>
   <si>
     <t>Пётр Смолянов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -937,607 +937,609 @@
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>84</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>87</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>93</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>96</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>99</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>102</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>111</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>114</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>117</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>120</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>123</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>126</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>129</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>132</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>135</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>138</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="C47" s="1"/>
       <c r="D47" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>141</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>143</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" t="s">