--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,420 +17,420 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Mikhail Kopylov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Михаил Копылов</t>
   </si>
   <si>
     <t>37.98</t>
   </si>
   <si>
     <t>33.28</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>46.18</t>
   </si>
   <si>
     <t>38.90</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>46.24</t>
   </si>
   <si>
     <t>37.79</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>49.75</t>
   </si>
   <si>
     <t>48.20</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>50.42</t>
   </si>
   <si>
     <t>46.62</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>51.72</t>
   </si>
   <si>
     <t>45.54</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>56.73</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>57.34</t>
   </si>
   <si>
     <t>50.12</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
+    <t>Максим Аммосов</t>
   </si>
   <si>
     <t>1:00.26</t>
   </si>
   <si>
     <t>58.39</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:04.53</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
     <t>1:02.12</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>1:08.40</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:15.17</t>
   </si>
   <si>
     <t>1:11.32</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:16.31</t>
   </si>
   <si>
     <t>1:07.56</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>Lev Bruskov</t>
+    <t>Лев Брусков</t>
   </si>
   <si>
     <t>1:21.14</t>
   </si>
   <si>
     <t>1:09.18</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>1:29.28</t>
   </si>
   <si>
     <t>1:21.40</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:30.74</t>
   </si>
   <si>
     <t>1:21.43</t>
   </si>
   <si>
-    <t>Maria Seregova</t>
+    <t>Мария Серёгова</t>
   </si>
   <si>
     <t>1:36.29</t>
   </si>
   <si>
     <t>1:27.00</t>
   </si>
   <si>
-    <t>Nikita Shihaliev</t>
+    <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>1:36.56</t>
   </si>
   <si>
     <t>1:29.69</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
+    <t>Георгий Исанов</t>
   </si>
   <si>
     <t>1:38.28</t>
   </si>
   <si>
     <t>1:27.10</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>1:39.79</t>
   </si>
   <si>
     <t>1:28.69</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>1:41.14</t>
   </si>
   <si>
     <t>1:30.87</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
-    <t>Kseniya Varfolomeeva</t>
+    <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>1:46.66</t>
   </si>
   <si>
     <t>1:29.44</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>1:51.20</t>
   </si>
   <si>
     <t>1:31.58</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>2:02.52</t>
   </si>
   <si>
     <t>1:53.40</t>
   </si>
   <si>
-    <t>Fyodor Ulitovsky</t>
+    <t>Фёдор Улитовский</t>
   </si>
   <si>
     <t>2:03.90</t>
   </si>
   <si>
     <t>1:41.94</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>2:20.71</t>
   </si>
   <si>
     <t>2:04.02</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>3:06.86</t>
   </si>
   <si>
     <t>2:36.74</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>3:07.00</t>
   </si>
   <si>
     <t>2:37.91</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>3:39.27</t>
   </si>
   <si>
     <t>2:44.28</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>4:50.26</t>
   </si>
   <si>
     <t>2:19.22</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>2:18.01</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>2:19.95</t>
   </si>
   <si>
-    <t>Aleksandr Kalinin</t>
+    <t>Александр Калинин</t>
   </si>
   <si>
     <t>2:25.14</t>
   </si>
   <si>
-    <t>David Melikyan</t>
+    <t>Давид Меликян</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>