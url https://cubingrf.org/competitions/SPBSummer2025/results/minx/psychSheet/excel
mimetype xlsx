--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
     <t>37.98</t>
   </si>
   <si>
     <t>33.28</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
@@ -158,51 +158,51 @@
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
     <t>1:00.26</t>
   </si>
   <si>
     <t>58.39</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:04.53</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
-    <t>1:02.12</t>
+    <t>1:01.77</t>
   </si>
   <si>
     <t>Макар Тихонов</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>1:08.40</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:15.17</t>
   </si>
   <si>
     <t>1:11.32</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:16.31</t>
   </si>
@@ -233,201 +233,189 @@
   <si>
     <t>1:29.28</t>
   </si>
   <si>
     <t>1:21.40</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:30.74</t>
   </si>
   <si>
     <t>1:21.43</t>
   </si>
   <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>1:34.98</t>
+  </si>
+  <si>
+    <t>1:22.85</t>
+  </si>
+  <si>
     <t>Мария Серёгова</t>
   </si>
   <si>
     <t>1:36.29</t>
   </si>
   <si>
     <t>1:27.00</t>
   </si>
   <si>
     <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>1:36.56</t>
   </si>
   <si>
     <t>1:29.69</t>
   </si>
   <si>
     <t>Георгий Исанов</t>
   </si>
   <si>
     <t>1:38.28</t>
   </si>
   <si>
     <t>1:27.10</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...7 lines deleted...]
-  <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>1:41.14</t>
   </si>
   <si>
     <t>1:30.87</t>
   </si>
   <si>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>1:42.76</t>
+  </si>
+  <si>
+    <t>1:29.44</t>
+  </si>
+  <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
-    <t>Ксения Варфоломеева</t>
-[...7 lines deleted...]
-  <si>
     <t>Иван Смирнов</t>
   </si>
   <si>
     <t>1:51.20</t>
   </si>
   <si>
     <t>1:31.58</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
     <t>2:02.52</t>
   </si>
   <si>
     <t>1:53.40</t>
   </si>
   <si>
     <t>Фёдор Улитовский</t>
   </si>
   <si>
     <t>2:03.90</t>
   </si>
   <si>
     <t>1:41.94</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>2:20.71</t>
   </si>
   <si>
     <t>2:04.02</t>
   </si>
   <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>2:18.01</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>2:19.22</t>
+  </si>
+  <si>
+    <t>Пётр Ануков</t>
+  </si>
+  <si>
+    <t>2:19.95</t>
+  </si>
+  <si>
+    <t>Александр Калинин</t>
+  </si>
+  <si>
+    <t>2:25.14</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>2:44.28</t>
+  </si>
+  <si>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>3:08.52</t>
+  </si>
+  <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
-    <t>3:06.86</t>
-[...47 lines deleted...]
-    <t>2:25.14</t>
+    <t>3:08.77</t>
   </si>
   <si>
     <t>Давид Меликян</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1255,138 +1243,130 @@
       <c r="D34" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>103</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D35" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>106</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="C36" s="1"/>
+      <c r="D36" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" s="1"/>
+      <c r="D37" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="C38" s="1"/>
       <c r="D38" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="C39" s="1"/>
       <c r="D39" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="B43" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C43" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>