--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -173,77 +173,77 @@
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
     <t>8.35</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>10.33</t>
   </si>
   <si>
     <t>7.91</t>
   </si>
   <si>
+    <t>Андрей Кошелев</t>
+  </si>
+  <si>
+    <t>10.98</t>
+  </si>
+  <si>
+    <t>9.13</t>
+  </si>
+  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
     <t>8.62</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>11.17</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
-[...7 lines deleted...]
-  <si>
     <t>Макар Тихонов</t>
   </si>
   <si>
     <t>11.55</t>
   </si>
   <si>
     <t>8.47</t>
   </si>
   <si>
     <t>Максим Темнышов</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
     <t>9.23</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>11.76</t>
   </si>
   <si>
     <t>9.09</t>
@@ -272,84 +272,84 @@
   <si>
     <t>12.77</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>12.87</t>
   </si>
   <si>
     <t>9.78</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>13.08</t>
+  </si>
+  <si>
+    <t>10.72</t>
+  </si>
+  <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>13.31</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>Федор Васильев</t>
   </si>
   <si>
     <t>13.79</t>
   </si>
   <si>
     <t>9.69</t>
   </si>
   <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
     <t>11.91</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.72</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
     <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>17.50</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
     <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>17.89</t>
   </si>