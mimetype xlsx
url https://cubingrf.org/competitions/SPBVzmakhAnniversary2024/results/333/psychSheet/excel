--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,752 +12,758 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...11 lines deleted...]
-    <t>6.66</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>7.07</t>
   </si>
   <si>
     <t>5.44</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...8 lines deleted...]
-    <t>Никита Малыхин</t>
+    <t>Slavomil Voloskov</t>
+  </si>
+  <si>
+    <t>7.38</t>
+  </si>
+  <si>
+    <t>6.26</t>
+  </si>
+  <si>
+    <t>Nikita Malykhin</t>
   </si>
   <si>
     <t>7.65</t>
   </si>
   <si>
     <t>6.06</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
-[...5 lines deleted...]
-    <t>Вячеслав Кочергин</t>
+    <t>Arsenii Borovkov</t>
+  </si>
+  <si>
+    <t>7.98</t>
+  </si>
+  <si>
+    <t>Vyacheslav Kochergin</t>
   </si>
   <si>
     <t>8.06</t>
   </si>
   <si>
-    <t>6.81</t>
-[...2 lines deleted...]
-    <t>Никита Попков</t>
+    <t>6.96</t>
+  </si>
+  <si>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>6.28</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>8.28</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>8.29</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
-    <t>Иван Олейников</t>
+    <t>Ivan Oleinikov</t>
   </si>
   <si>
     <t>8.65</t>
   </si>
   <si>
     <t>6.94</t>
   </si>
   <si>
-    <t>Дмитрий Нагирняк</t>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
-    <t>Богдан Землянский</t>
+    <t>Bogdan Zemlianskii</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
     <t>6.76</t>
   </si>
   <si>
-    <t>Николай Васильев</t>
+    <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
     <t>8.35</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
+    <t>Makar Tihonov</t>
+  </si>
+  <si>
+    <t>10.12</t>
+  </si>
+  <si>
+    <t>8.47</t>
+  </si>
+  <si>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>10.33</t>
   </si>
   <si>
     <t>7.91</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
+    <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>10.98</t>
   </si>
   <si>
-    <t>9.13</t>
-[...2 lines deleted...]
-    <t>Андрей Жуков</t>
+    <t>8.52</t>
+  </si>
+  <si>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
-    <t>8.62</t>
-[...2 lines deleted...]
-    <t>Артемий Стукарчук</t>
+    <t>9.51</t>
+  </si>
+  <si>
+    <t>Artemiy Stukarchuk</t>
   </si>
   <si>
     <t>11.17</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...8 lines deleted...]
-    <t>Максим Темнышов</t>
+    <t>Maksim Temnyshov</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
-    <t>9.23</t>
-[...2 lines deleted...]
-    <t>Алексей Корицкий</t>
+    <t>9.53</t>
+  </si>
+  <si>
+    <t>Alexey Koritskiy</t>
   </si>
   <si>
     <t>11.76</t>
   </si>
   <si>
     <t>9.09</t>
   </si>
   <si>
-    <t>Айдар Аминев</t>
+    <t>Aidar Aminev</t>
   </si>
   <si>
     <t>11.95</t>
   </si>
   <si>
     <t>9.85</t>
   </si>
   <si>
-    <t>Амин Ашоур</t>
+    <t>Amin Ashour</t>
   </si>
   <si>
     <t>12.02</t>
   </si>
   <si>
     <t>11.39</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>12.77</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
-    <t>Иван Сидоренко</t>
+    <t>Ivan Sidorenko</t>
   </si>
   <si>
     <t>12.87</t>
   </si>
   <si>
     <t>9.78</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
-    <t>Егор Еремин</t>
+    <t>Yegor Yeremin</t>
   </si>
   <si>
     <t>13.08</t>
   </si>
   <si>
     <t>10.72</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>13.31</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
-    <t>Федор Васильев</t>
+    <t>Fyodor Vasilyev</t>
   </si>
   <si>
     <t>13.79</t>
   </si>
   <si>
-    <t>9.69</t>
-[...2 lines deleted...]
-    <t>Максим Чечнев</t>
+    <t>10.54</t>
+  </si>
+  <si>
+    <t>Maxim Chechnev</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
-    <t>11.91</t>
-[...2 lines deleted...]
-    <t>Ольга Ясакова</t>
+    <t>11.97</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
-    <t>Евсей Ионуш</t>
+    <t>Kseniya Varfolomeeva</t>
+  </si>
+  <si>
+    <t>16.27</t>
+  </si>
+  <si>
+    <t>13.14</t>
+  </si>
+  <si>
+    <t>Yevsey Ionush</t>
   </si>
   <si>
     <t>17.50</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
-    <t>Ксения Варфоломеева</t>
-[...8 lines deleted...]
-    <t>Илья Зибарев</t>
+    <t>Gabriella Ivakhnitskaya</t>
+  </si>
+  <si>
+    <t>18.14</t>
+  </si>
+  <si>
+    <t>15.09</t>
+  </si>
+  <si>
+    <t>Ilya Zibarev</t>
   </si>
   <si>
     <t>18.58</t>
   </si>
   <si>
     <t>16.06</t>
   </si>
   <si>
-    <t>Дмитрий Ильин</t>
+    <t>Dmitry Ilin</t>
   </si>
   <si>
     <t>19.30</t>
   </si>
   <si>
     <t>12.13</t>
   </si>
   <si>
-    <t>Михаил Миняев</t>
+    <t>Mikhail Miniaev</t>
   </si>
   <si>
     <t>19.32</t>
   </si>
   <si>
     <t>16.49</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Aleksandr Smirnov</t>
+  </si>
+  <si>
+    <t>23.27</t>
+  </si>
+  <si>
+    <t>19.44</t>
+  </si>
+  <si>
+    <t>Vasiliy Bagayev</t>
+  </si>
+  <si>
+    <t>24.22</t>
+  </si>
+  <si>
+    <t>19.94</t>
+  </si>
+  <si>
+    <t>Yegor Zhogin</t>
+  </si>
+  <si>
+    <t>24.65</t>
   </si>
   <si>
     <t>19.95</t>
   </si>
   <si>
-    <t>Александр Смирнов</t>
-[...32 lines deleted...]
-    <t>Геворг Мкртчян</t>
+    <t>Gevrorg Mkrtchyan</t>
   </si>
   <si>
     <t>24.66</t>
   </si>
   <si>
     <t>19.97</t>
   </si>
   <si>
-    <t>Владимир Васильев</t>
+    <t>Aleksandr Govorkov</t>
+  </si>
+  <si>
+    <t>25.23</t>
+  </si>
+  <si>
+    <t>21.39</t>
+  </si>
+  <si>
+    <t>Vladimir Vasil`ev</t>
   </si>
   <si>
     <t>27.49</t>
   </si>
   <si>
     <t>23.30</t>
   </si>
   <si>
-    <t>Екатерина Струшкевич</t>
+    <t>Ekaterina Strushkevich</t>
   </si>
   <si>
     <t>30.47</t>
   </si>
   <si>
     <t>24.67</t>
   </si>
   <si>
-    <t>Глеб Колесник</t>
+    <t>Gleb Kolesnik</t>
   </si>
   <si>
     <t>32.02</t>
   </si>
   <si>
     <t>27.81</t>
   </si>
   <si>
-    <t>Андрей Артеменко</t>
+    <t>Andrey Artëmenko</t>
   </si>
   <si>
     <t>33.58</t>
   </si>
   <si>
     <t>25.24</t>
   </si>
   <si>
-    <t>Дмитрий Яценко</t>
+    <t>Tatyana Maksimova</t>
+  </si>
+  <si>
+    <t>33.61</t>
+  </si>
+  <si>
+    <t>29.51</t>
+  </si>
+  <si>
+    <t>Dmitriy Yacenko</t>
   </si>
   <si>
     <t>33.68</t>
   </si>
   <si>
     <t>27.85</t>
   </si>
   <si>
-    <t>Анатолий Орешков</t>
+    <t>Anatoliy Oreshkov</t>
   </si>
   <si>
     <t>37.16</t>
   </si>
   <si>
     <t>22.74</t>
   </si>
   <si>
-    <t>Денис Воронков</t>
+    <t>Denis Voronkov</t>
   </si>
   <si>
     <t>38.75</t>
   </si>
   <si>
     <t>33.27</t>
   </si>
   <si>
-    <t>Татьяна Максимова</t>
-[...8 lines deleted...]
-    <t>Наталья Пягай</t>
+    <t>Natalia Piagai</t>
   </si>
   <si>
     <t>43.07</t>
   </si>
   <si>
     <t>31.10</t>
   </si>
   <si>
-    <t>Роман Кравченко</t>
+    <t>Roman Kravchenko</t>
   </si>
   <si>
     <t>44.33</t>
   </si>
   <si>
     <t>35.44</t>
   </si>
   <si>
-    <t>Михаил Трубенок</t>
+    <t>Mikhail Trubenok</t>
   </si>
   <si>
     <t>44.41</t>
   </si>
   <si>
     <t>40.36</t>
   </si>
   <si>
-    <t>Даниил Жидкомлинов</t>
+    <t>Daniil Zhidkomlinov</t>
   </si>
   <si>
     <t>45.38</t>
   </si>
   <si>
     <t>35.67</t>
   </si>
   <si>
-    <t>Тимофей Авилов</t>
+    <t>Timofey Avilov</t>
   </si>
   <si>
     <t>45.48</t>
   </si>
   <si>
     <t>41.28</t>
   </si>
   <si>
-    <t>Александр Рабкин</t>
+    <t>Aleksandr Rabkin</t>
   </si>
   <si>
     <t>45.58</t>
   </si>
   <si>
     <t>39.51</t>
   </si>
   <si>
-    <t>Иван Васильев</t>
+    <t>Ivan Vasilyev</t>
   </si>
   <si>
     <t>45.86</t>
   </si>
   <si>
     <t>38.60</t>
   </si>
   <si>
-    <t>Александр Бидзян</t>
+    <t>Alexander Bidzyan</t>
   </si>
   <si>
     <t>48.32</t>
   </si>
   <si>
     <t>43.60</t>
   </si>
   <si>
-    <t>Матвей Николаев</t>
+    <t>Matvey Nikolaev</t>
   </si>
   <si>
     <t>49.85</t>
   </si>
   <si>
     <t>42.45</t>
   </si>
   <si>
-    <t>Александр Наседкин</t>
+    <t>Alexander Nasedkin</t>
   </si>
   <si>
     <t>51.61</t>
   </si>
   <si>
     <t>40.23</t>
   </si>
   <si>
-    <t>Матвей Гриневич</t>
+    <t>Matvey Grinevich</t>
   </si>
   <si>
     <t>51.89</t>
   </si>
   <si>
     <t>49.06</t>
   </si>
   <si>
-    <t>Максим Васильев</t>
+    <t>Maksim Vasilyev</t>
   </si>
   <si>
     <t>52.48</t>
   </si>
   <si>
     <t>40.32</t>
   </si>
   <si>
-    <t>Лейла Бабаева</t>
+    <t>Leyla Babayeva</t>
   </si>
   <si>
     <t>54.36</t>
   </si>
   <si>
     <t>46.16</t>
   </si>
   <si>
-    <t>Антон Наседкин</t>
+    <t>Anton Nasedkin</t>
   </si>
   <si>
     <t>55.10</t>
   </si>
   <si>
     <t>50.90</t>
   </si>
   <si>
-    <t>Виктор Шока</t>
+    <t>Victor Shoka</t>
   </si>
   <si>
     <t>55.44</t>
   </si>
   <si>
     <t>51.87</t>
   </si>
   <si>
-    <t>Дмитрий Буткевич</t>
+    <t>Dmitry Butkevich</t>
   </si>
   <si>
     <t>56.67</t>
   </si>
   <si>
     <t>49.52</t>
   </si>
   <si>
-    <t>Артем Дунасаров</t>
+    <t>Artyom Dunasarov</t>
   </si>
   <si>
     <t>1:02.00</t>
   </si>
   <si>
     <t>52.98</t>
   </si>
   <si>
-    <t>Александр Богданов</t>
+    <t>Alexander Bogdanov</t>
   </si>
   <si>
     <t>1:02.34</t>
   </si>
   <si>
     <t>48.99</t>
   </si>
   <si>
-    <t>Артур Щербаков</t>
+    <t>Artur Scherbakov</t>
   </si>
   <si>
     <t>1:02.73</t>
   </si>
   <si>
     <t>48.56</t>
   </si>
   <si>
-    <t>Андрей Анкудинов</t>
+    <t>Andrey Ankudinov</t>
   </si>
   <si>
     <t>1:03.51</t>
   </si>
   <si>
     <t>41.86</t>
   </si>
   <si>
-    <t>Виктор Гриневич</t>
+    <t>Victor Grinevich</t>
   </si>
   <si>
     <t>1:06.20</t>
   </si>
   <si>
     <t>58.69</t>
   </si>
   <si>
-    <t>Демьян Иванов</t>
+    <t>Demʹyan Ivanov</t>
   </si>
   <si>
     <t>1:09.15</t>
   </si>
   <si>
     <t>1:01.95</t>
   </si>
   <si>
-    <t>Семен Пойсик</t>
+    <t>Semyon Poysik</t>
   </si>
   <si>
     <t>1:15.29</t>
   </si>
   <si>
     <t>52.66</t>
   </si>
   <si>
-    <t>Мартин Аксёнов</t>
+    <t>Martin Aksenov</t>
   </si>
   <si>
     <t>1:18.37</t>
   </si>
   <si>
     <t>59.86</t>
   </si>
   <si>
-    <t>Антонина Короткова</t>
+    <t>Antonina Korotkova</t>
   </si>
   <si>
     <t>1:45.47</t>
   </si>
   <si>
     <t>59.35</t>
   </si>
   <si>
-    <t>Арсений Сидоров</t>
-[...5 lines deleted...]
-    <t>Михаил Коротков</t>
+    <t>Arseniy Sidorov</t>
+  </si>
+  <si>
+    <t>Ivan Perets</t>
+  </si>
+  <si>
+    <t>Mikhail Korotkov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1642,600 +1648,600 @@
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>113</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D39" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>116</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D40" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D43" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D44" t="s">
-        <v>117</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D45" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D46" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D47" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D48" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D49" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D50" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D51" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D52" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D53" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D54" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D55" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D56" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D57" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D58" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D59" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D60" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D61" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D62" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D63" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D64" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D65" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D66" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D67" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D68" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D69" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D70" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D71" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D72" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D73" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D74" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D75" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D76" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D77" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D78" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="B79" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C79" s="1"/>
     </row>
     <row r="80" spans="1:4">
       <c r="B80" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C80" s="1"/>
     </row>
     <row r="81" spans="1:4">
       <c r="B81" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C81" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>