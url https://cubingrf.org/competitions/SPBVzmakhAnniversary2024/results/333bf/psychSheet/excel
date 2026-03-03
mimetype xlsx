--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -29,159 +29,159 @@
     <sheet name="333bf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>1:57.94</t>
+    <t>2:35.11</t>
   </si>
   <si>
     <t>59.01</t>
   </si>
   <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>1:43.02</t>
+  </si>
+  <si>
+    <t>1:10.34</t>
+  </si>
+  <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
-    <t>1:10.37</t>
-[...2 lines deleted...]
-    <t>1:01.56</t>
+    <t>1:31.07</t>
+  </si>
+  <si>
+    <t>1:10.73</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>1:15.41</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>1:35.70</t>
   </si>
   <si>
-    <t>1:26.24</t>
+    <t>1:19.98</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6:28.26</t>
-[...1 lines deleted...]
-  <si>
     <t>1:26.86</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...7 lines deleted...]
-  <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>2:27.62</t>
   </si>
   <si>
     <t>1:37.37</t>
   </si>
   <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>2:18.32</t>
+  </si>
+  <si>
+    <t>1:43.18</t>
+  </si>
+  <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:25.57</t>
   </si>
   <si>
     <t>1:48.72</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...4 lines deleted...]
-  <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>1:53.13</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>3:34.48</t>
   </si>
   <si>
     <t>2:02.17</t>
   </si>
   <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>2:11.29</t>
+  </si>
+  <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>2:06.33</t>
-[...5 lines deleted...]
-    <t>2:11.29</t>
+    <t>2:24.59</t>
+  </si>
+  <si>
+    <t>Максим Темнышов</t>
+  </si>
+  <si>
+    <t>2:57.63</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
-    <t>2:20.16</t>
-[...5 lines deleted...]
-    <t>2:57.63</t>
+    <t>4:07.17</t>
   </si>
   <si>
     <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>Иван Перец</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>Илья Зибарев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -571,132 +571,132 @@
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>28</v>
+      </c>
+      <c r="D10" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>