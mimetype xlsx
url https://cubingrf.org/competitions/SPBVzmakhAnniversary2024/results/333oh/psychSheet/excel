--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,396 +17,396 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Анатолий Туренко</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
+    <t>Arsenii Borovkov</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>8.76</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
     <t>10.82</t>
   </si>
   <si>
-    <t>Никита Попков</t>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
-    <t>Никита Малыхин</t>
+    <t>Nikita Malykhin</t>
   </si>
   <si>
     <t>14.23</t>
   </si>
   <si>
     <t>11.40</t>
   </si>
   <si>
-    <t>Вячеслав Кочергин</t>
+    <t>Vyacheslav Kochergin</t>
   </si>
   <si>
     <t>15.44</t>
   </si>
   <si>
     <t>12.51</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>16.09</t>
   </si>
   <si>
     <t>13.60</t>
   </si>
   <si>
-    <t>Дмитрий Нагирняк</t>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
-    <t>Максим Темнышов</t>
+    <t>Maksim Temnyshov</t>
   </si>
   <si>
     <t>16.71</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
-    <t>Иван Олейников</t>
+    <t>Ivan Oleinikov</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...8 lines deleted...]
-    <t>Айдар Аминев</t>
+    <t>Anastasiya Maykova</t>
+  </si>
+  <si>
+    <t>19.48</t>
+  </si>
+  <si>
+    <t>15.63</t>
+  </si>
+  <si>
+    <t>Aidar Aminev</t>
   </si>
   <si>
     <t>20.35</t>
   </si>
   <si>
     <t>15.57</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>20.47</t>
   </si>
   <si>
     <t>14.35</t>
   </si>
   <si>
-    <t>Богдан Землянский</t>
+    <t>Bogdan Zemlianskii</t>
   </si>
   <si>
     <t>21.34</t>
   </si>
   <si>
     <t>16.79</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Иван Сидоренко</t>
+    <t>Ivan Sidorenko</t>
   </si>
   <si>
     <t>23.98</t>
   </si>
   <si>
     <t>18.48</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Алексей Корицкий</t>
+    <t>Alexey Koritskiy</t>
   </si>
   <si>
     <t>24.90</t>
   </si>
   <si>
     <t>20.20</t>
   </si>
   <si>
-    <t>Федор Васильев</t>
+    <t>Fyodor Vasilyev</t>
   </si>
   <si>
     <t>25.57</t>
   </si>
   <si>
     <t>22.09</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
-    <t>Артемий Стукарчук</t>
+    <t>Artemiy Stukarchuk</t>
   </si>
   <si>
     <t>31.64</t>
   </si>
   <si>
     <t>24.74</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
-    <t>Максим Чечнев</t>
+    <t>Maxim Chechnev</t>
   </si>
   <si>
     <t>32.76</t>
   </si>
   <si>
     <t>24.72</t>
   </si>
   <si>
-    <t>Егор Еремин</t>
+    <t>Yegor Yeremin</t>
   </si>
   <si>
     <t>34.81</t>
   </si>
   <si>
     <t>27.99</t>
   </si>
   <si>
-    <t>Илья Зибарев</t>
+    <t>Ilya Zibarev</t>
   </si>
   <si>
     <t>39.59</t>
   </si>
   <si>
     <t>31.33</t>
   </si>
   <si>
-    <t>Амин Ашоур</t>
+    <t>Amin Ashour</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
     <t>34.79</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
-    <t>Егор Жогин</t>
+    <t>Yegor Zhogin</t>
   </si>
   <si>
     <t>58.22</t>
   </si>
   <si>
     <t>45.18</t>
   </si>
   <si>
-    <t>Александр Говорков</t>
+    <t>Aleksandr Govorkov</t>
   </si>
   <si>
     <t>1:10.21</t>
   </si>
   <si>
     <t>51.97</t>
   </si>
   <si>
-    <t>Александр Смирнов</t>
+    <t>Aleksandr Smirnov</t>
   </si>
   <si>
     <t>58.77</t>
   </si>
   <si>
-    <t>Глеб Колесник</t>
+    <t>Gleb Kolesnik</t>
   </si>
   <si>
     <t>59.92</t>
   </si>
   <si>
-    <t>Андрей Артеменко</t>
+    <t>Andrey Artëmenko</t>
   </si>
   <si>
     <t>1:21.47</t>
   </si>
   <si>
-    <t>Екатерина Струшкевич</t>
+    <t>Ekaterina Strushkevich</t>
   </si>
   <si>
     <t>1:25.52</t>
   </si>
   <si>
-    <t>Денис Воронков</t>
+    <t>Denis Voronkov</t>
   </si>
   <si>
     <t>1:34.58</t>
   </si>
   <si>
-    <t>Виктор Шока</t>
+    <t>Victor Shoka</t>
   </si>
   <si>
     <t>1:54.74</t>
   </si>
   <si>
-    <t>Андрей Анкудинов</t>
-[...14 lines deleted...]
-    <t>Матвей Николаев</t>
+    <t>Andrey Ankudinov</t>
+  </si>
+  <si>
+    <t>Dmitriy Yacenko</t>
+  </si>
+  <si>
+    <t>Yevsey Ionush</t>
+  </si>
+  <si>
+    <t>Ivan Perets</t>
+  </si>
+  <si>
+    <t>Maksim Vasilyev</t>
+  </si>
+  <si>
+    <t>Matvey Nikolaev</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>