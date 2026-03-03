--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,401 +12,398 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>10.75</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>11.28</t>
+  </si>
+  <si>
+    <t>7.63</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
-[...17 lines deleted...]
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
-    <t>10.82</t>
-[...2 lines deleted...]
-    <t>Nikita Popkov</t>
+    <t>10.78</t>
+  </si>
+  <si>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
-[...2 lines deleted...]
-    <t>Nikita Malykhin</t>
+    <t>10.35</t>
+  </si>
+  <si>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>14.23</t>
   </si>
   <si>
     <t>11.40</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>15.44</t>
   </si>
   <si>
     <t>12.51</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
-[...8 lines deleted...]
-    <t>Dmitry Nagirnyak</t>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
-    <t>Maksim Temnyshov</t>
+    <t>Максим Темнышов</t>
   </si>
   <si>
     <t>16.71</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>19.48</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>19.67</t>
+  </si>
+  <si>
+    <t>14.35</t>
+  </si>
+  <si>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>20.35</t>
   </si>
   <si>
-    <t>15.57</t>
-[...11 lines deleted...]
-    <t>Bogdan Zemlianskii</t>
+    <t>16.54</t>
+  </si>
+  <si>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>21.34</t>
   </si>
   <si>
     <t>16.79</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>23.98</t>
   </si>
   <si>
     <t>18.48</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>24.90</t>
   </si>
   <si>
     <t>20.20</t>
   </si>
   <si>
-    <t>Fyodor Vasilyev</t>
+    <t>Федор Васильев</t>
   </si>
   <si>
     <t>25.57</t>
   </si>
   <si>
     <t>22.09</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
+    <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>31.64</t>
   </si>
   <si>
     <t>24.74</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
-[...17 lines deleted...]
-    <t>Ilya Zibarev</t>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>33.93</t>
+  </si>
+  <si>
+    <t>27.88</t>
+  </si>
+  <si>
+    <t>Максим Чечнев</t>
+  </si>
+  <si>
+    <t>37.39</t>
+  </si>
+  <si>
+    <t>29.92</t>
+  </si>
+  <si>
+    <t>Илья Зибарев</t>
   </si>
   <si>
     <t>39.59</t>
   </si>
   <si>
     <t>31.33</t>
   </si>
   <si>
-    <t>Amin Ashour</t>
+    <t>Амин Ашоур</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
     <t>34.79</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>58.22</t>
   </si>
   <si>
     <t>45.18</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
-[...8 lines deleted...]
-    <t>Aleksandr Smirnov</t>
+    <t>Александр Смирнов</t>
   </si>
   <si>
     <t>58.77</t>
   </si>
   <si>
-    <t>Gleb Kolesnik</t>
+    <t>Глеб Колесник</t>
   </si>
   <si>
     <t>59.92</t>
   </si>
   <si>
-    <t>Andrey Artëmenko</t>
+    <t>Александр Говорков</t>
+  </si>
+  <si>
+    <t>1:09.17</t>
+  </si>
+  <si>
+    <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>1:21.47</t>
   </si>
   <si>
-    <t>Ekaterina Strushkevich</t>
+    <t>Екатерина Струшкевич</t>
   </si>
   <si>
     <t>1:25.52</t>
   </si>
   <si>
-    <t>Denis Voronkov</t>
+    <t>Денис Воронков</t>
   </si>
   <si>
     <t>1:34.58</t>
   </si>
   <si>
-    <t>Victor Shoka</t>
+    <t>Виктор Шока</t>
   </si>
   <si>
     <t>1:54.74</t>
   </si>
   <si>
-    <t>Andrey Ankudinov</t>
-[...14 lines deleted...]
-    <t>Matvey Nikolaev</t>
+    <t>Андрей Анкудинов</t>
+  </si>
+  <si>
+    <t>Дмитрий Яценко</t>
+  </si>
+  <si>
+    <t>Евсей Ионуш</t>
+  </si>
+  <si>
+    <t>Иван Перец</t>
+  </si>
+  <si>
+    <t>Максим Васильев</t>
+  </si>
+  <si>
+    <t>Матвей Николаев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1189,162 +1186,160 @@
       <c r="D31" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D32" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>96</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="C33" s="1"/>
+      <c r="D33" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="B40" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C40" s="1"/>
     </row>
     <row r="41" spans="1:4">
       <c r="B41" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C41" s="1"/>
     </row>
     <row r="42" spans="1:4">
       <c r="B42" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C42" s="1"/>
     </row>
     <row r="43" spans="1:4">
       <c r="B43" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C43" s="1"/>
     </row>
     <row r="44" spans="1:4">
       <c r="B44" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C44" s="1"/>
     </row>
     <row r="45" spans="1:4">
       <c r="B45" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C45" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>