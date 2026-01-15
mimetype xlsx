--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -29,51 +29,51 @@
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.95</t>
+    <t>27.57</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>29.37</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>29.49</t>
   </si>
   <si>
     <t>26.24</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
@@ -143,174 +143,174 @@
   <si>
     <t>40.82</t>
   </si>
   <si>
     <t>33.02</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>42.87</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
     <t>43.29</t>
   </si>
   <si>
     <t>36.29</t>
   </si>
   <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>43.91</t>
+  </si>
+  <si>
+    <t>34.00</t>
+  </si>
+  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>44.72</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
-[...7 lines deleted...]
-  <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>45.27</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>48.24</t>
   </si>
   <si>
     <t>42.65</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
+    <t>42.85</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>53.05</t>
   </si>
   <si>
     <t>43.67</t>
   </si>
   <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>53.84</t>
+  </si>
+  <si>
+    <t>43.89</t>
+  </si>
+  <si>
     <t>Максим Темнышов</t>
   </si>
   <si>
     <t>54.17</t>
   </si>
   <si>
     <t>46.28</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>54.46</t>
   </si>
   <si>
     <t>47.68</t>
   </si>
   <si>
-    <t>Артемий Стукарчук</t>
-[...7 lines deleted...]
-  <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>57.13</t>
   </si>
   <si>
     <t>44.89</t>
   </si>
   <si>
     <t>Федор Васильев</t>
   </si>
   <si>
     <t>1:01.31</t>
   </si>
   <si>
     <t>49.15</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
-    <t>1:01.70</t>
-[...2 lines deleted...]
-    <t>51.95</t>
+    <t>1:01.64</t>
+  </si>
+  <si>
+    <t>48.67</t>
   </si>
   <si>
     <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>1:04.23</t>
   </si>
   <si>
     <t>56.27</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>1:05.64</t>
   </si>
   <si>
     <t>55.47</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:07.08</t>
   </si>