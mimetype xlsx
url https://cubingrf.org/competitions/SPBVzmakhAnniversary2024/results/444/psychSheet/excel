--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,208 +12,208 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.57</t>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
-    <t>29.37</t>
+    <t>27.77</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>29.49</t>
   </si>
   <si>
     <t>26.24</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>31.07</t>
   </si>
   <si>
-    <t>26.58</t>
+    <t>27.36</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>33.07</t>
   </si>
   <si>
     <t>25.55</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
     <t>Никита Малыхин</t>
   </si>
   <si>
     <t>36.25</t>
   </si>
   <si>
     <t>28.27</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>37.44</t>
+  </si>
+  <si>
+    <t>30.51</t>
+  </si>
+  <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>37.72</t>
   </si>
   <si>
     <t>30.69</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...7 lines deleted...]
-  <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>34.36</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>40.82</t>
   </si>
   <si>
     <t>33.02</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
-    <t>42.87</t>
+    <t>41.90</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>43.91</t>
+  </si>
+  <si>
+    <t>34.00</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>44.48</t>
+  </si>
+  <si>
+    <t>37.68</t>
+  </si>
+  <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
-    <t>43.29</t>
+    <t>44.71</t>
   </si>
   <si>
     <t>36.29</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>44.72</t>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
-[...7 lines deleted...]
-  <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>48.24</t>
   </si>
   <si>
     <t>42.65</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
     <t>42.85</t>
@@ -236,177 +236,174 @@
   <si>
     <t>43.89</t>
   </si>
   <si>
     <t>Максим Темнышов</t>
   </si>
   <si>
     <t>54.17</t>
   </si>
   <si>
     <t>46.28</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
-    <t>54.46</t>
+    <t>54.48</t>
   </si>
   <si>
     <t>47.68</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
-    <t>57.13</t>
+    <t>57.40</t>
   </si>
   <si>
     <t>44.89</t>
   </si>
   <si>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>59.44</t>
+  </si>
+  <si>
+    <t>47.73</t>
+  </si>
+  <si>
     <t>Федор Васильев</t>
   </si>
   <si>
     <t>1:01.31</t>
   </si>
   <si>
     <t>49.15</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
-    <t>Ксения Варфоломеева</t>
-[...5 lines deleted...]
-    <t>56.27</t>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>1:02.91</t>
+  </si>
+  <si>
+    <t>1:00.45</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>1:07.08</t>
+  </si>
+  <si>
+    <t>56.26</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>1:05.64</t>
+    <t>1:07.75</t>
   </si>
   <si>
     <t>55.47</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Ильин</t>
   </si>
   <si>
     <t>1:07.90</t>
   </si>
   <si>
     <t>1:00.62</t>
   </si>
   <si>
-    <t>Егор Еремин</t>
-[...7 lines deleted...]
-  <si>
     <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>1:11.35</t>
   </si>
   <si>
     <t>1:02.88</t>
   </si>
   <si>
     <t>Михаил Миняев</t>
   </si>
   <si>
     <t>1:16.83</t>
   </si>
   <si>
     <t>1:07.31</t>
   </si>
   <si>
     <t>Илья Зибарев</t>
   </si>
   <si>
     <t>1:47.11</t>
   </si>
   <si>
     <t>1:28.77</t>
   </si>
   <si>
+    <t>Егор Жогин</t>
+  </si>
+  <si>
+    <t>2:08.89</t>
+  </si>
+  <si>
+    <t>1:42.36</t>
+  </si>
+  <si>
+    <t>Александр Смирнов</t>
+  </si>
+  <si>
+    <t>1:36.24</t>
+  </si>
+  <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
-    <t>1:47.94</t>
-[...17 lines deleted...]
-    <t>1:36.24</t>
+    <t>1:45.44</t>
   </si>
   <si>
     <t>Александр Говорков</t>
   </si>
   <si>
     <t>1:46.69</t>
   </si>
   <si>
     <t>Амин Ашоур</t>
   </si>
   <si>
     <t>1:58.25</t>
   </si>
   <si>
     <t>Наталья Пягай</t>
   </si>
   <si>
     <t>2:05.88</t>
   </si>
   <si>
     <t>Екатерина Струшкевич</t>
   </si>
   <si>
     <t>2:24.88</t>
   </si>
@@ -1298,144 +1295,142 @@
       <c r="D36" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>109</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D37" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>112</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="C38" s="1"/>
+      <c r="D38" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="B44" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C44" s="1"/>
     </row>
     <row r="45" spans="1:4">
       <c r="B45" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C45" s="1"/>
     </row>
     <row r="46" spans="1:4">
       <c r="B46" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C46" s="1"/>
     </row>
     <row r="47" spans="1:4">
       <c r="B47" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C47" s="1"/>
     </row>
     <row r="48" spans="1:4">
       <c r="B48" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C48" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>