--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,315 +17,315 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...8 lines deleted...]
-    <t>Vyacheslav Kochergin</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>54.02</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>1:03.11</t>
   </si>
   <si>
     <t>55.26</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
     <t>1:03.58</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>1:17.68</t>
   </si>
   <si>
     <t>1:11.67</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>1:25.09</t>
   </si>
   <si>
     <t>1:19.18</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:30.94</t>
   </si>
   <si>
     <t>1:17.90</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>1:30.99</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
-[...2 lines deleted...]
-    <t>1:33.52</t>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>1:32.71</t>
   </si>
   <si>
     <t>1:24.75</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
-    <t>Fyodor Vasilyev</t>
+    <t>Федор Васильев</t>
   </si>
   <si>
     <t>1:36.94</t>
   </si>
   <si>
     <t>1:29.17</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>1:37.71</t>
   </si>
   <si>
     <t>1:29.79</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>1:45.42</t>
   </si>
   <si>
     <t>1:35.79</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>1:47.91</t>
   </si>
   <si>
     <t>1:29.74</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:52.99</t>
   </si>
   <si>
     <t>1:43.38</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>1:55.84</t>
   </si>
   <si>
     <t>1:40.76</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>1:56.50</t>
   </si>
   <si>
     <t>1:41.64</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>2:11.42</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>2:17.96</t>
   </si>
   <si>
     <t>2:04.49</t>
   </si>
   <si>
-    <t>Kseniya Varfolomeeva</t>
+    <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>2:22.79</t>
   </si>
   <si>
     <t>2:09.67</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
+    <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>3:15.18</t>
   </si>
   <si>
     <t>2:19.92</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>2:06.31</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:18.18</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>2:25.48</t>
   </si>
   <si>
-    <t>Yevsey Ionush</t>
+    <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>2:29.41</t>
   </si>
   <si>
-    <t>Mikhail Miniaev</t>
+    <t>Михаил Миняев</t>
   </si>
   <si>
     <t>2:33.88</t>
   </si>
   <si>
-    <t>Ilya Zibarev</t>
+    <t>Илья Зибарев</t>
   </si>
   <si>
     <t>3:59.94</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
-[...11 lines deleted...]
-    <t>Matvey Nikolaev</t>
+    <t>Александр Говорков</t>
+  </si>
+  <si>
+    <t>Александр Смирнов</t>
+  </si>
+  <si>
+    <t>Дмитрий Яценко</t>
+  </si>
+  <si>
+    <t>Иван Перец</t>
+  </si>
+  <si>
+    <t>Матвей Николаев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>