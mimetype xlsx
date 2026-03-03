--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -35,131 +35,131 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>52.82</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
-[...7 lines deleted...]
-  <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>1:03.11</t>
   </si>
   <si>
     <t>55.26</t>
   </si>
   <si>
     <t>Никита Малыхин</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>1:03.58</t>
+    <t>1:04.59</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>1:17.68</t>
   </si>
   <si>
     <t>1:11.67</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
     <t>1:25.09</t>
   </si>
   <si>
     <t>1:19.18</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:29.76</t>
+  </si>
+  <si>
+    <t>1:15.87</t>
+  </si>
+  <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:30.94</t>
   </si>
   <si>
     <t>1:17.90</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...7 lines deleted...]
-  <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:32.71</t>
   </si>
   <si>
     <t>1:24.75</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
     <t>Федор Васильев</t>
   </si>
   <si>
     <t>1:36.94</t>
   </si>
   <si>
     <t>1:29.17</t>
@@ -179,93 +179,93 @@
   <si>
     <t>1:45.42</t>
   </si>
   <si>
     <t>1:35.79</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>1:47.91</t>
   </si>
   <si>
     <t>1:29.74</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:52.99</t>
   </si>
   <si>
     <t>1:43.38</t>
   </si>
   <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>1:53.03</t>
+  </si>
+  <si>
+    <t>1:41.64</t>
+  </si>
+  <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>1:55.84</t>
   </si>
   <si>
     <t>1:40.76</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
-[...7 lines deleted...]
-  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
-    <t>2:11.42</t>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>2:14.27</t>
+  </si>
+  <si>
+    <t>1:48.57</t>
+  </si>
+  <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>2:17.96</t>
   </si>
   <si>
     <t>2:04.49</t>
-  </si>
-[...7 lines deleted...]
-    <t>2:09.67</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>3:15.18</t>
   </si>
   <si>
     <t>2:19.92</t>
   </si>
   <si>
     <t>Егор Еремин</t>
   </si>
   <si>
     <t>2:06.31</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:18.18</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>