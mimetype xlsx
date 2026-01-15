--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,396 +17,396 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>3.10</t>
   </si>
   <si>
     <t>1.87</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>5.50</t>
   </si>
   <si>
     <t>4.20</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
   <si>
     <t>5.07</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>6.40</t>
   </si>
   <si>
     <t>4.77</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>7.10</t>
   </si>
   <si>
     <t>5.68</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
   <si>
     <t>6.33</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
     <t>5.69</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>6.73</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>8.51</t>
   </si>
   <si>
     <t>7.23</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>9.12</t>
   </si>
   <si>
     <t>7.84</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>9.31</t>
   </si>
   <si>
     <t>6.63</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>9.47</t>
+  </si>
+  <si>
+    <t>8.36</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
-[...8 lines deleted...]
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>7.16</t>
   </si>
   <si>
-    <t>Aleksandr Smirnov</t>
+    <t>Александр Смирнов</t>
   </si>
   <si>
     <t>10.52</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
+    <t>Александр Говорков</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>10.89</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>11.02</t>
   </si>
   <si>
-    <t>Yevsey Ionush</t>
+    <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>13.45</t>
   </si>
   <si>
     <t>11.04</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>13.84</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
-    <t>Kseniya Varfolomeeva</t>
+    <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>13.89</t>
   </si>
   <si>
     <t>12.32</t>
   </si>
   <si>
-    <t>Fyodor Vasilyev</t>
+    <t>Федор Васильев</t>
   </si>
   <si>
     <t>14.67</t>
   </si>
   <si>
     <t>12.14</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
+    <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>15.41</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>15.15</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
     <t>14.68</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>17.24</t>
   </si>
   <si>
     <t>13.09</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>17.42</t>
   </si>
   <si>
     <t>14.04</t>
   </si>
   <si>
-    <t>Andrey Artëmenko</t>
+    <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>17.73</t>
   </si>
   <si>
     <t>14.93</t>
   </si>
   <si>
-    <t>Ilya Zibarev</t>
+    <t>Илья Зибарев</t>
   </si>
   <si>
     <t>19.99</t>
   </si>
   <si>
     <t>18.21</t>
   </si>
   <si>
-    <t>Denis Voronkov</t>
+    <t>Денис Воронков</t>
   </si>
   <si>
     <t>21.77</t>
   </si>
   <si>
     <t>19.29</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>18.29</t>
   </si>
   <si>
-    <t>Amin Ashour</t>
+    <t>Амин Ашоур</t>
   </si>
   <si>
     <t>25.69</t>
   </si>
   <si>
     <t>22.61</t>
   </si>
   <si>
-    <t>Mikhail Miniaev</t>
+    <t>Михаил Миняев</t>
   </si>
   <si>
     <t>26.40</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
+    <t>Максим Чечнев</t>
   </si>
   <si>
     <t>27.63</t>
   </si>
   <si>
     <t>21.22</t>
   </si>
   <si>
-    <t>Martin Aksenov</t>
+    <t>Мартин Аксёнов</t>
   </si>
   <si>
     <t>31.40</t>
   </si>
   <si>
-    <t>Ekaterina Strushkevich</t>
+    <t>Екатерина Струшкевич</t>
   </si>
   <si>
     <t>34.28</t>
   </si>
   <si>
-    <t>Natalia Piagai</t>
+    <t>Наталья Пягай</t>
   </si>
   <si>
     <t>44.70</t>
   </si>
   <si>
-    <t>Artyom Dunasarov</t>
-[...5 lines deleted...]
-    <t>Ivan Perets</t>
+    <t>Артем Дунасаров</t>
+  </si>
+  <si>
+    <t>Дмитрий Яценко</t>
+  </si>
+  <si>
+    <t>Иван Перец</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -731,51 +731,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C42" sqref="C42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>