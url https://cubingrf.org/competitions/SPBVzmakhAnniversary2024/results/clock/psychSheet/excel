--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,71 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.10</t>
-[...2 lines deleted...]
-    <t>1.87</t>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>2.27</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>5.50</t>
   </si>
   <si>
     <t>4.20</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
@@ -95,228 +95,225 @@
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>7.10</t>
   </si>
   <si>
     <t>5.68</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
   <si>
     <t>6.33</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
-    <t>5.69</t>
+    <t>5.32</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>6.73</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>7.48</t>
+  </si>
+  <si>
+    <t>Матвей Тянутов</t>
+  </si>
+  <si>
+    <t>9.12</t>
+  </si>
+  <si>
+    <t>7.84</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>9.31</t>
+  </si>
+  <si>
+    <t>6.63</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>9.52</t>
+  </si>
+  <si>
+    <t>8.16</t>
+  </si>
+  <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
-    <t>8.51</t>
-[...38 lines deleted...]
-    <t>8.16</t>
+    <t>10.04</t>
+  </si>
+  <si>
+    <t>7.52</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>7.16</t>
   </si>
   <si>
     <t>Александр Смирнов</t>
   </si>
   <si>
     <t>10.52</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
   <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>10.89</t>
+  </si>
+  <si>
     <t>Александр Говорков</t>
   </si>
   <si>
-    <t>10.83</t>
-[...8 lines deleted...]
-    <t>10.89</t>
+    <t>12.96</t>
+  </si>
+  <si>
+    <t>10.14</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>10.29</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>11.02</t>
   </si>
   <si>
     <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>13.45</t>
   </si>
   <si>
     <t>11.04</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>13.84</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
     <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>13.89</t>
   </si>
   <si>
-    <t>12.32</t>
+    <t>11.34</t>
   </si>
   <si>
     <t>Федор Васильев</t>
   </si>
   <si>
-    <t>14.67</t>
-[...11 lines deleted...]
-    <t>10.29</t>
+    <t>15.19</t>
+  </si>
+  <si>
+    <t>13.56</t>
   </si>
   <si>
     <t>Егор Еремин</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>15.15</t>
   </si>
   <si>
     <t>Егор Жогин</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
     <t>14.68</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>17.24</t>
   </si>
   <si>
     <t>13.09</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
     <t>17.42</t>
   </si>
   <si>
-    <t>14.04</t>
+    <t>14.74</t>
   </si>
   <si>
     <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>17.73</t>
   </si>
   <si>
     <t>14.93</t>
   </si>
   <si>
     <t>Илья Зибарев</t>
   </si>
   <si>
     <t>19.99</t>
   </si>
   <si>
     <t>18.21</t>
   </si>
   <si>
     <t>Денис Воронков</t>
   </si>
   <si>
     <t>21.77</t>
   </si>
@@ -332,54 +329,54 @@
   <si>
     <t>18.29</t>
   </si>
   <si>
     <t>Амин Ашоур</t>
   </si>
   <si>
     <t>25.69</t>
   </si>
   <si>
     <t>22.61</t>
   </si>
   <si>
     <t>Михаил Миняев</t>
   </si>
   <si>
     <t>26.40</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
-    <t>27.63</t>
-[...2 lines deleted...]
-    <t>21.22</t>
+    <t>28.72</t>
+  </si>
+  <si>
+    <t>24.82</t>
   </si>
   <si>
     <t>Мартин Аксёнов</t>
   </si>
   <si>
     <t>31.40</t>
   </si>
   <si>
     <t>Екатерина Струшкевич</t>
   </si>
   <si>
     <t>34.28</t>
   </si>
   <si>
     <t>Наталья Пягай</t>
   </si>
   <si>
     <t>44.70</t>
   </si>
   <si>
     <t>Артем Дунасаров</t>
   </si>
   <si>
     <t>Дмитрий Яценко</t>
   </si>
@@ -983,356 +980,356 @@
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D20" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>68</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>71</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>74</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>77</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>80</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>83</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>86</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>92</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>95</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>98</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>101</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>104</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="B40" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C40" s="1"/>
     </row>
     <row r="41" spans="1:4">
       <c r="B41" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C41" s="1"/>
     </row>
     <row r="42" spans="1:4">
       <c r="B42" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C42" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>