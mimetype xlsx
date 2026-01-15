--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,351 +17,351 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>46.24</t>
   </si>
   <si>
     <t>37.79</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>47.75</t>
   </si>
   <si>
     <t>42.36</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>56.73</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>57.34</t>
   </si>
   <si>
     <t>50.12</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:04.53</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
     <t>1:02.12</t>
   </si>
   <si>
-    <t>Fyodor Vasilyev</t>
+    <t>Федор Васильев</t>
   </si>
   <si>
     <t>1:15.49</t>
   </si>
   <si>
     <t>1:10.69</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>1:27.07</t>
   </si>
   <si>
     <t>1:21.19</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:33.34</t>
   </si>
   <si>
     <t>1:21.48</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>1:35.62</t>
   </si>
   <si>
     <t>1:24.37</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
-    <t>Kseniya Varfolomeeva</t>
+    <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>1:46.66</t>
   </si>
   <si>
     <t>1:29.44</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:48.19</t>
   </si>
   <si>
     <t>1:37.80</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>2:02.52</t>
   </si>
   <si>
     <t>1:53.40</t>
   </si>
   <si>
-    <t>Yevsey Ionush</t>
+    <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>2:04.18</t>
   </si>
   <si>
     <t>1:54.68</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:10.48</t>
   </si>
   <si>
     <t>1:51.91</t>
   </si>
   <si>
-    <t>Mikhail Miniaev</t>
+    <t>Михаил Миняев</t>
   </si>
   <si>
     <t>2:14.82</t>
   </si>
   <si>
     <t>2:01.33</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>2:55.04</t>
   </si>
   <si>
     <t>2:35.02</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>3:07.00</t>
   </si>
   <si>
     <t>2:37.91</t>
   </si>
   <si>
-    <t>Aleksandr Smirnov</t>
+    <t>Александр Смирнов</t>
   </si>
   <si>
     <t>2:10.99</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>2:18.01</t>
   </si>
   <si>
-    <t>Timofey Avilov</t>
+    <t>Тимофей Авилов</t>
   </si>
   <si>
     <t>2:57.81</t>
   </si>
   <si>
-    <t>Alexander Nasedkin</t>
+    <t>Александр Наседкин</t>
   </si>
   <si>
     <t>3:20.31</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
+    <t>Александр Говорков</t>
   </si>
   <si>
     <t>3:22.38</t>
   </si>
   <si>
-    <t>Andrey Artëmenko</t>
+    <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>3:39.50</t>
   </si>
   <si>
-    <t>Denis Voronkov</t>
+    <t>Денис Воронков</t>
   </si>
   <si>
     <t>3:40.88</t>
   </si>
   <si>
-    <t>Ilya Zibarev</t>
+    <t>Илья Зибарев</t>
   </si>
   <si>
     <t>3:42.31</t>
   </si>
   <si>
-    <t>Dmitriy Yacenko</t>
-[...8 lines deleted...]
-    <t>Matvey Nikolaev</t>
+    <t>Дмитрий Яценко</t>
+  </si>
+  <si>
+    <t>Иван Перец</t>
+  </si>
+  <si>
+    <t>Матвей Гриневич</t>
+  </si>
+  <si>
+    <t>Матвей Николаев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>