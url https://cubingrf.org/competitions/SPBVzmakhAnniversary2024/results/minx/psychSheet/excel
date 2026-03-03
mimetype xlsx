--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
@@ -122,125 +122,125 @@
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:04.53</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
-    <t>1:02.12</t>
+    <t>1:01.77</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
+  </si>
+  <si>
+    <t>1:20.89</t>
+  </si>
+  <si>
+    <t>1:11.88</t>
   </si>
   <si>
     <t>Федор Васильев</t>
   </si>
   <si>
-    <t>1:15.49</t>
-[...11 lines deleted...]
-    <t>1:11.88</t>
+    <t>1:27.43</t>
+  </si>
+  <si>
+    <t>1:12.39</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>1:30.09</t>
+  </si>
+  <si>
+    <t>1:10.33</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>1:33.34</t>
+  </si>
+  <si>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>1:35.62</t>
+  </si>
+  <si>
+    <t>1:24.37</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
-    <t>1:27.07</t>
-[...29 lines deleted...]
-    <t>1:24.37</t>
+    <t>1:35.71</t>
+  </si>
+  <si>
+    <t>1:23.07</t>
+  </si>
+  <si>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>1:42.76</t>
+  </si>
+  <si>
+    <t>1:29.44</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
-    <t>Ксения Варфоломеева</t>
-[...7 lines deleted...]
-  <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:48.19</t>
   </si>
   <si>
     <t>1:37.80</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
     <t>2:02.52</t>
   </si>
   <si>
     <t>1:53.40</t>
   </si>
   <si>
     <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>2:04.18</t>
   </si>
   <si>
     <t>1:54.68</t>
@@ -251,105 +251,102 @@
   <si>
     <t>2:10.48</t>
   </si>
   <si>
     <t>1:51.91</t>
   </si>
   <si>
     <t>Михаил Миняев</t>
   </si>
   <si>
     <t>2:14.82</t>
   </si>
   <si>
     <t>2:01.33</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>2:55.04</t>
   </si>
   <si>
     <t>2:35.02</t>
   </si>
   <si>
+    <t>Александр Смирнов</t>
+  </si>
+  <si>
+    <t>2:10.99</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>2:18.01</t>
+  </si>
+  <si>
+    <t>Тимофей Авилов</t>
+  </si>
+  <si>
+    <t>2:57.81</t>
+  </si>
+  <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>3:07.00</t>
-[...20 lines deleted...]
-    <t>2:57.81</t>
+    <t>3:08.52</t>
   </si>
   <si>
     <t>Александр Наседкин</t>
   </si>
   <si>
     <t>3:20.31</t>
   </si>
   <si>
+    <t>Андрей Артеменко</t>
+  </si>
+  <si>
+    <t>3:39.50</t>
+  </si>
+  <si>
+    <t>Денис Воронков</t>
+  </si>
+  <si>
+    <t>3:40.88</t>
+  </si>
+  <si>
+    <t>Илья Зибарев</t>
+  </si>
+  <si>
+    <t>3:42.31</t>
+  </si>
+  <si>
     <t>Александр Говорков</t>
   </si>
   <si>
-    <t>3:22.38</t>
-[...17 lines deleted...]
-    <t>3:42.31</t>
+    <t>4:13.63</t>
   </si>
   <si>
     <t>Дмитрий Яценко</t>
   </si>
   <si>
     <t>Иван Перец</t>
   </si>
   <si>
     <t>Матвей Гриневич</t>
   </si>
   <si>
     <t>Матвей Николаев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1060,174 +1057,172 @@
       <c r="D25" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D26" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="C27" s="1"/>
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="B36" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C36" s="1"/>
     </row>
     <row r="37" spans="1:4">
       <c r="B37" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C37" s="1"/>
     </row>
     <row r="38" spans="1:4">
       <c r="B38" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C38" s="1"/>
     </row>
     <row r="39" spans="1:4">
       <c r="B39" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C39" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>