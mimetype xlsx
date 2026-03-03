--- v2 (2026-03-03)
+++ v3 (2026-03-03)
@@ -17,348 +17,348 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Анатолий Туренко</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
-    <t>Вячеслав Кочергин</t>
+    <t>Vyacheslav Kochergin</t>
   </si>
   <si>
     <t>46.24</t>
   </si>
   <si>
     <t>37.79</t>
   </si>
   <si>
-    <t>Никита Малыхин</t>
+    <t>Nikita Malykhin</t>
   </si>
   <si>
     <t>47.75</t>
   </si>
   <si>
     <t>42.36</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
-    <t>Николай Васильев</t>
+    <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>56.73</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
-    <t>Дмитрий Нагирняк</t>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>57.34</t>
   </si>
   <si>
     <t>50.12</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>1:04.53</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
     <t>1:01.77</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>Федор Васильев</t>
+    <t>Fyodor Vasilyev</t>
   </si>
   <si>
     <t>1:27.43</t>
   </si>
   <si>
     <t>1:12.39</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>1:33.34</t>
   </si>
   <si>
     <t>1:20.53</t>
   </si>
   <si>
-    <t>Иван Сидоренко</t>
+    <t>Ivan Sidorenko</t>
   </si>
   <si>
     <t>1:35.62</t>
   </si>
   <si>
     <t>1:24.37</t>
   </si>
   <si>
-    <t>Алексей Корицкий</t>
+    <t>Alexey Koritskiy</t>
   </si>
   <si>
     <t>1:35.71</t>
   </si>
   <si>
     <t>1:23.07</t>
   </si>
   <si>
-    <t>Ксения Варфоломеева</t>
+    <t>Kseniya Varfolomeeva</t>
   </si>
   <si>
     <t>1:42.76</t>
   </si>
   <si>
     <t>1:29.44</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
-    <t>Богдан Землянский</t>
+    <t>Bogdan Zemlianskii</t>
   </si>
   <si>
     <t>1:48.19</t>
   </si>
   <si>
     <t>1:37.80</t>
   </si>
   <si>
-    <t>Айдар Аминев</t>
+    <t>Aidar Aminev</t>
   </si>
   <si>
     <t>2:02.52</t>
   </si>
   <si>
     <t>1:53.40</t>
   </si>
   <si>
-    <t>Евсей Ионуш</t>
+    <t>Yevsey Ionush</t>
   </si>
   <si>
     <t>2:04.18</t>
   </si>
   <si>
     <t>1:54.68</t>
   </si>
   <si>
-    <t>Иван Олейников</t>
+    <t>Ivan Oleinikov</t>
   </si>
   <si>
     <t>2:10.48</t>
   </si>
   <si>
     <t>1:51.91</t>
   </si>
   <si>
-    <t>Михаил Миняев</t>
+    <t>Mikhail Miniaev</t>
   </si>
   <si>
     <t>2:14.82</t>
   </si>
   <si>
     <t>2:01.33</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
+    <t>Arsenii Borovkov</t>
   </si>
   <si>
     <t>2:55.04</t>
   </si>
   <si>
     <t>2:35.02</t>
   </si>
   <si>
-    <t>Александр Смирнов</t>
+    <t>Aleksandr Smirnov</t>
   </si>
   <si>
     <t>2:10.99</t>
   </si>
   <si>
-    <t>Егор Еремин</t>
+    <t>Yegor Yeremin</t>
   </si>
   <si>
     <t>2:18.01</t>
   </si>
   <si>
-    <t>Тимофей Авилов</t>
+    <t>Timofey Avilov</t>
   </si>
   <si>
     <t>2:57.81</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>3:08.52</t>
   </si>
   <si>
-    <t>Александр Наседкин</t>
+    <t>Alexander Nasedkin</t>
   </si>
   <si>
     <t>3:20.31</t>
   </si>
   <si>
-    <t>Андрей Артеменко</t>
+    <t>Andrey Artëmenko</t>
   </si>
   <si>
     <t>3:39.50</t>
   </si>
   <si>
-    <t>Денис Воронков</t>
+    <t>Denis Voronkov</t>
   </si>
   <si>
     <t>3:40.88</t>
   </si>
   <si>
-    <t>Илья Зибарев</t>
+    <t>Ilya Zibarev</t>
   </si>
   <si>
     <t>3:42.31</t>
   </si>
   <si>
-    <t>Александр Говорков</t>
+    <t>Aleksandr Govorkov</t>
   </si>
   <si>
     <t>4:13.63</t>
   </si>
   <si>
-    <t>Дмитрий Яценко</t>
-[...8 lines deleted...]
-    <t>Матвей Николаев</t>
+    <t>Dmitriy Yacenko</t>
+  </si>
+  <si>
+    <t>Ivan Perets</t>
+  </si>
+  <si>
+    <t>Matvey Grinevich</t>
+  </si>
+  <si>
+    <t>Matvey Nikolaev</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>