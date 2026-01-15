--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,312 +17,312 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Darya Belonogova</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>35.97</t>
   </si>
   <si>
     <t>29.41</t>
   </si>
   <si>
-    <t>Nikolay Kataev</t>
+    <t>Николай Катаев</t>
   </si>
   <si>
     <t>37.69</t>
   </si>
   <si>
     <t>34.08</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>40.77</t>
   </si>
   <si>
     <t>35.30</t>
   </si>
   <si>
-    <t>Denis Grigoriev</t>
+    <t>Денис Григорьев</t>
   </si>
   <si>
     <t>42.12</t>
   </si>
   <si>
     <t>36.28</t>
   </si>
   <si>
-    <t>Maxim Semykin</t>
+    <t>Максим Семыкин</t>
   </si>
   <si>
     <t>42.74</t>
   </si>
   <si>
     <t>37.62</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>45.27</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
-    <t>Vladimir Semidyanov</t>
+    <t>Владимир Семидьянов</t>
   </si>
   <si>
     <t>45.37</t>
   </si>
   <si>
     <t>38.28</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>48.24</t>
   </si>
   <si>
     <t>42.65</t>
   </si>
   <si>
-    <t>Semen Salmin</t>
+    <t>Семен Салмин</t>
   </si>
   <si>
     <t>48.37</t>
   </si>
   <si>
     <t>44.76</t>
   </si>
   <si>
-    <t>Denis Mushlantov</t>
+    <t>Денис Мушлантов</t>
   </si>
   <si>
     <t>49.35</t>
   </si>
   <si>
     <t>44.63</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
-    <t>Semen Murzin</t>
+    <t>Семён Мурзин</t>
   </si>
   <si>
     <t>52.36</t>
   </si>
   <si>
     <t>47.24</t>
   </si>
   <si>
-    <t>Kirill Malkov</t>
+    <t>Кирилл Мальков</t>
   </si>
   <si>
     <t>56.76</t>
   </si>
   <si>
     <t>44.48</t>
   </si>
   <si>
-    <t>Alexey Kazinets</t>
+    <t>Алексей Казинец</t>
   </si>
   <si>
     <t>1:00.55</t>
   </si>
   <si>
     <t>48.68</t>
   </si>
   <si>
-    <t>Stepan Patrin</t>
+    <t>Степан Патрин</t>
   </si>
   <si>
     <t>1:03.04</t>
   </si>
   <si>
     <t>58.37</t>
   </si>
   <si>
-    <t>Arseniy Kislitsyn</t>
+    <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>1:04.04</t>
   </si>
   <si>
     <t>55.40</t>
   </si>
   <si>
-    <t>Timofey Cherevko</t>
+    <t>Тимофей Черевко</t>
   </si>
   <si>
     <t>1:13.52</t>
   </si>
   <si>
     <t>1:07.60</t>
   </si>
   <si>
-    <t>Daniel Ishmuratov</t>
+    <t>Даниэль Ишмуратов</t>
   </si>
   <si>
     <t>1:14.03</t>
   </si>
   <si>
     <t>1:07.89</t>
   </si>
   <si>
-    <t>Rodion Pershin</t>
+    <t>Родион Першин</t>
   </si>
   <si>
     <t>1:14.46</t>
   </si>
   <si>
     <t>1:00.38</t>
   </si>
   <si>
-    <t>Vladimir Shcheglov</t>
+    <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>1:14.87</t>
   </si>
   <si>
     <t>1:07.03</t>
   </si>
   <si>
-    <t>Danil Grigorev</t>
+    <t>Данил Григорьев</t>
   </si>
   <si>
     <t>1:21.95</t>
   </si>
   <si>
     <t>1:02.24</t>
   </si>
   <si>
-    <t>Nikita Lisitskiy</t>
+    <t>Никита Лисицкий</t>
   </si>
   <si>
     <t>1:33.98</t>
   </si>
   <si>
     <t>1:24.48</t>
   </si>
   <si>
-    <t>Aleksandr Gorbunov</t>
+    <t>Александр Горбунов</t>
   </si>
   <si>
     <t>2:10.48</t>
   </si>
   <si>
     <t>1:37.51</t>
   </si>
   <si>
-    <t>Lev Kopylov</t>
+    <t>Лев Копылов</t>
   </si>
   <si>
     <t>2:04.50</t>
   </si>
   <si>
-    <t>Ekaterina Strushkevich</t>
+    <t>Екатерина Струшкевич</t>
   </si>
   <si>
     <t>2:24.88</t>
   </si>
   <si>
-    <t>Artem Lyan</t>
+    <t>Артём Лян</t>
   </si>
   <si>
     <t>2:31.20</t>
   </si>
   <si>
-    <t>Georgiy Makarov</t>
+    <t>Георгий Макаров</t>
   </si>
   <si>
     <t>2:38.42</t>
   </si>
   <si>
-    <t>Fedor Pozdnyakov</t>
+    <t>Фёдор Поздняков</t>
   </si>
   <si>
     <t>2:50.91</t>
   </si>
   <si>
-    <t>Alexey Dyuzhin</t>
-[...5 lines deleted...]
-    <t>Leonid Kormiltsev</t>
+    <t>Алексей Дюжин</t>
+  </si>
+  <si>
+    <t>Бенджамин Кайков</t>
+  </si>
+  <si>
+    <t>Леонид Кормильцев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -645,51 +645,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C33" sqref="C33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>