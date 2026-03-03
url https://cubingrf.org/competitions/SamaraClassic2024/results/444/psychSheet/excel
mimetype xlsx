--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,188 +12,185 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
-    <t>35.97</t>
-[...2 lines deleted...]
-    <t>29.41</t>
+    <t>35.39</t>
+  </si>
+  <si>
+    <t>28.44</t>
   </si>
   <si>
     <t>Николай Катаев</t>
   </si>
   <si>
-    <t>37.69</t>
-[...2 lines deleted...]
-    <t>34.08</t>
+    <t>36.95</t>
+  </si>
+  <si>
+    <t>32.29</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>40.77</t>
   </si>
   <si>
     <t>35.30</t>
   </si>
   <si>
     <t>Денис Григорьев</t>
   </si>
   <si>
     <t>42.12</t>
   </si>
   <si>
     <t>36.28</t>
   </si>
   <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>43.87</t>
+  </si>
+  <si>
+    <t>37.85</t>
+  </si>
+  <si>
     <t>Максим Семыкин</t>
   </si>
   <si>
-    <t>42.74</t>
+    <t>44.29</t>
   </si>
   <si>
     <t>37.62</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
-[...7 lines deleted...]
-  <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
-    <t>45.27</t>
+    <t>44.48</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
     <t>Владимир Семидьянов</t>
   </si>
   <si>
     <t>45.37</t>
   </si>
   <si>
     <t>38.28</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>48.24</t>
   </si>
   <si>
     <t>42.65</t>
   </si>
   <si>
     <t>Семен Салмин</t>
   </si>
   <si>
     <t>48.37</t>
   </si>
   <si>
-    <t>44.76</t>
+    <t>45.68</t>
   </si>
   <si>
     <t>Денис Мушлантов</t>
   </si>
   <si>
     <t>49.35</t>
   </si>
   <si>
     <t>44.63</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
     <t>Семён Мурзин</t>
   </si>
   <si>
     <t>52.36</t>
   </si>
   <si>
-    <t>47.24</t>
+    <t>47.30</t>
   </si>
   <si>
     <t>Кирилл Мальков</t>
   </si>
   <si>
     <t>56.76</t>
-  </si>
-[...1 lines deleted...]
-    <t>44.48</t>
   </si>
   <si>
     <t>Алексей Казинец</t>
   </si>
   <si>
     <t>1:00.55</t>
   </si>
   <si>
     <t>48.68</t>
   </si>
   <si>
     <t>Степан Патрин</t>
   </si>
   <si>
     <t>1:03.04</t>
   </si>
   <si>
     <t>58.37</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>1:04.04</t>
   </si>
@@ -857,268 +854,268 @@
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="B31" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C31" s="1"/>
     </row>
     <row r="32" spans="1:4">
       <c r="B32" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C32" s="1"/>
     </row>
     <row r="33" spans="1:4">
       <c r="B33" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C33" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>